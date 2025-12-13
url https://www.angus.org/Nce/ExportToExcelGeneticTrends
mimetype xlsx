--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="GeneticTrends" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="383" uniqueCount="383">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="390" uniqueCount="390">
   <si>
     <t/>
   </si>
   <si>
     <t>Angus Genetic Trend by Birth Year</t>
   </si>
   <si>
     <t>Production</t>
   </si>
   <si>
     <t>Management</t>
   </si>
   <si>
     <t>Maternal</t>
   </si>
   <si>
     <t>Carcass</t>
   </si>
   <si>
     <t>$Values</t>
   </si>
   <si>
     <t>CED</t>
   </si>
   <si>
@@ -138,1065 +138,1086 @@
   <si>
     <t>$G</t>
   </si>
   <si>
     <t>$B</t>
   </si>
   <si>
     <t>$C</t>
   </si>
   <si>
     <t>+5</t>
   </si>
   <si>
     <t>-3.1</t>
   </si>
   <si>
     <t>-16</t>
   </si>
   <si>
     <t>-29</t>
   </si>
   <si>
     <t>+.09</t>
   </si>
   <si>
-    <t>-1.63</t>
+    <t>-1.57</t>
   </si>
   <si>
     <t>-.7</t>
   </si>
   <si>
     <t>+.31</t>
   </si>
   <si>
+    <t>+12</t>
+  </si>
+  <si>
+    <t>+.47</t>
+  </si>
+  <si>
+    <t>+.48</t>
+  </si>
+  <si>
+    <t>+1.04</t>
+  </si>
+  <si>
+    <t>+.51</t>
+  </si>
+  <si>
+    <t>+10.8</t>
+  </si>
+  <si>
+    <t>+0</t>
+  </si>
+  <si>
+    <t>+10</t>
+  </si>
+  <si>
+    <t>+.49</t>
+  </si>
+  <si>
+    <t>+1.00</t>
+  </si>
+  <si>
+    <t>-88</t>
+  </si>
+  <si>
+    <t>-1.2</t>
+  </si>
+  <si>
+    <t>+.23</t>
+  </si>
+  <si>
+    <t>+.18</t>
+  </si>
+  <si>
+    <t>-.002</t>
+  </si>
+  <si>
+    <t>-48</t>
+  </si>
+  <si>
+    <t>+4</t>
+  </si>
+  <si>
+    <t>-2.9</t>
+  </si>
+  <si>
+    <t>-15</t>
+  </si>
+  <si>
+    <t>-27</t>
+  </si>
+  <si>
+    <t>-1.48</t>
+  </si>
+  <si>
+    <t>-.6</t>
+  </si>
+  <si>
+    <t>+.30</t>
+  </si>
+  <si>
+    <t>+1.10</t>
+  </si>
+  <si>
+    <t>+10.9</t>
+  </si>
+  <si>
+    <t>-86</t>
+  </si>
+  <si>
+    <t>+.22</t>
+  </si>
+  <si>
+    <t>+.17</t>
+  </si>
+  <si>
+    <t>-47</t>
+  </si>
+  <si>
+    <t>-2.7</t>
+  </si>
+  <si>
+    <t>-14</t>
+  </si>
+  <si>
+    <t>-25</t>
+  </si>
+  <si>
+    <t>-1.47</t>
+  </si>
+  <si>
+    <t>+1.12</t>
+  </si>
+  <si>
+    <t>+.52</t>
+  </si>
+  <si>
+    <t>-83</t>
+  </si>
+  <si>
+    <t>-1.1</t>
+  </si>
+  <si>
+    <t>-46</t>
+  </si>
+  <si>
+    <t>-2.5</t>
+  </si>
+  <si>
+    <t>-12</t>
+  </si>
+  <si>
+    <t>-22</t>
+  </si>
+  <si>
+    <t>-1.45</t>
+  </si>
+  <si>
+    <t>+.29</t>
+  </si>
+  <si>
+    <t>+1.15</t>
+  </si>
+  <si>
+    <t>+.50</t>
+  </si>
+  <si>
+    <t>-80</t>
+  </si>
+  <si>
+    <t>-43</t>
+  </si>
+  <si>
+    <t>+3</t>
+  </si>
+  <si>
+    <t>-2.4</t>
+  </si>
+  <si>
+    <t>-11</t>
+  </si>
+  <si>
+    <t>-20</t>
+  </si>
+  <si>
+    <t>-1.41</t>
+  </si>
+  <si>
+    <t>-.5</t>
+  </si>
+  <si>
+    <t>+1.09</t>
+  </si>
+  <si>
+    <t>+9</t>
+  </si>
+  <si>
+    <t>-78</t>
+  </si>
+  <si>
+    <t>-44</t>
+  </si>
+  <si>
+    <t>-2.1</t>
+  </si>
+  <si>
+    <t>-10</t>
+  </si>
+  <si>
+    <t>-18</t>
+  </si>
+  <si>
+    <t>-1.35</t>
+  </si>
+  <si>
+    <t>+.28</t>
+  </si>
+  <si>
+    <t>+10.7</t>
+  </si>
+  <si>
+    <t>-74</t>
+  </si>
+  <si>
+    <t>-1.0</t>
+  </si>
+  <si>
+    <t>+.16</t>
+  </si>
+  <si>
+    <t>-.003</t>
+  </si>
+  <si>
+    <t>+2</t>
+  </si>
+  <si>
+    <t>-1.9</t>
+  </si>
+  <si>
+    <t>-8</t>
+  </si>
+  <si>
+    <t>+.10</t>
+  </si>
+  <si>
+    <t>-1.32</t>
+  </si>
+  <si>
+    <t>-72</t>
+  </si>
+  <si>
+    <t>+.21</t>
+  </si>
+  <si>
+    <t>+.15</t>
+  </si>
+  <si>
+    <t>-41</t>
+  </si>
+  <si>
+    <t>+1</t>
+  </si>
+  <si>
+    <t>-1.7</t>
+  </si>
+  <si>
+    <t>-7</t>
+  </si>
+  <si>
+    <t>-13</t>
+  </si>
+  <si>
+    <t>-1.29</t>
+  </si>
+  <si>
+    <t>-.4</t>
+  </si>
+  <si>
+    <t>+1.02</t>
+  </si>
+  <si>
+    <t>-69</t>
+  </si>
+  <si>
+    <t>-.9</t>
+  </si>
+  <si>
+    <t>-1</t>
+  </si>
+  <si>
+    <t>-40</t>
+  </si>
+  <si>
+    <t>-1.4</t>
+  </si>
+  <si>
+    <t>-5</t>
+  </si>
+  <si>
+    <t>-1.23</t>
+  </si>
+  <si>
+    <t>-.3</t>
+  </si>
+  <si>
+    <t>-65</t>
+  </si>
+  <si>
+    <t>-.8</t>
+  </si>
+  <si>
+    <t>+.13</t>
+  </si>
+  <si>
+    <t>-38</t>
+  </si>
+  <si>
+    <t>-3</t>
+  </si>
+  <si>
+    <t>+.11</t>
+  </si>
+  <si>
+    <t>-1.18</t>
+  </si>
+  <si>
+    <t>+1.05</t>
+  </si>
+  <si>
+    <t>+.99</t>
+  </si>
+  <si>
+    <t>-60</t>
+  </si>
+  <si>
+    <t>-36</t>
+  </si>
+  <si>
+    <t>-1.12</t>
+  </si>
+  <si>
+    <t>-.2</t>
+  </si>
+  <si>
+    <t>-56</t>
+  </si>
+  <si>
+    <t>-.004</t>
+  </si>
+  <si>
+    <t>-35</t>
+  </si>
+  <si>
+    <t>-1.06</t>
+  </si>
+  <si>
+    <t>-.1</t>
+  </si>
+  <si>
+    <t>+.98</t>
+  </si>
+  <si>
+    <t>-49</t>
+  </si>
+  <si>
+    <t>+.20</t>
+  </si>
+  <si>
+    <t>+.12</t>
+  </si>
+  <si>
+    <t>-2</t>
+  </si>
+  <si>
+    <t>+.2</t>
+  </si>
+  <si>
+    <t>-1.02</t>
+  </si>
+  <si>
+    <t>+11</t>
+  </si>
+  <si>
+    <t>-45</t>
+  </si>
+  <si>
+    <t>-.007</t>
+  </si>
+  <si>
+    <t>-32</t>
+  </si>
+  <si>
+    <t>+.6</t>
+  </si>
+  <si>
+    <t>+7</t>
+  </si>
+  <si>
+    <t>-.97</t>
+  </si>
+  <si>
+    <t>+.1</t>
+  </si>
+  <si>
+    <t>+.27</t>
+  </si>
+  <si>
+    <t>+.97</t>
+  </si>
+  <si>
+    <t>-39</t>
+  </si>
+  <si>
+    <t>-.008</t>
+  </si>
+  <si>
+    <t>-30</t>
+  </si>
+  <si>
+    <t>+.9</t>
+  </si>
+  <si>
+    <t>-.91</t>
+  </si>
+  <si>
+    <t>+1.07</t>
+  </si>
+  <si>
+    <t>-.009</t>
+  </si>
+  <si>
+    <t>+1.3</t>
+  </si>
+  <si>
     <t>+13</t>
   </si>
   <si>
-    <t>+.47</t>
-[...59 lines deleted...]
-    <t>+.30</t>
+    <t>-.85</t>
+  </si>
+  <si>
+    <t>+.3</t>
+  </si>
+  <si>
+    <t>+11.0</t>
+  </si>
+  <si>
+    <t>+.96</t>
+  </si>
+  <si>
+    <t>-31</t>
+  </si>
+  <si>
+    <t>-.010</t>
+  </si>
+  <si>
+    <t>-4</t>
+  </si>
+  <si>
+    <t>+1.6</t>
+  </si>
+  <si>
+    <t>+16</t>
+  </si>
+  <si>
+    <t>-.78</t>
   </si>
   <si>
     <t>+1.08</t>
   </si>
   <si>
-    <t>-86</t>
-[...104 lines deleted...]
-    <t>-10</t>
+    <t>+1.8</t>
+  </si>
+  <si>
+    <t>+20</t>
+  </si>
+  <si>
+    <t>-.70</t>
+  </si>
+  <si>
+    <t>+.4</t>
+  </si>
+  <si>
+    <t>+1.06</t>
+  </si>
+  <si>
+    <t>+11.1</t>
+  </si>
+  <si>
+    <t>+.95</t>
+  </si>
+  <si>
+    <t>-21</t>
+  </si>
+  <si>
+    <t>+1.9</t>
+  </si>
+  <si>
+    <t>+14</t>
+  </si>
+  <si>
+    <t>+23</t>
+  </si>
+  <si>
+    <t>-.64</t>
   </si>
   <si>
     <t>-17</t>
   </si>
   <si>
-    <t>-1.41</t>
-[...2 lines deleted...]
-    <t>+.28</t>
+    <t>-19</t>
+  </si>
+  <si>
+    <t>+2.1</t>
+  </si>
+  <si>
+    <t>+27</t>
+  </si>
+  <si>
+    <t>+.14</t>
+  </si>
+  <si>
+    <t>-.57</t>
+  </si>
+  <si>
+    <t>+17</t>
+  </si>
+  <si>
+    <t>+29</t>
+  </si>
+  <si>
+    <t>-.51</t>
+  </si>
+  <si>
+    <t>+.5</t>
+  </si>
+  <si>
+    <t>+.33</t>
+  </si>
+  <si>
+    <t>+19</t>
+  </si>
+  <si>
+    <t>+32</t>
+  </si>
+  <si>
+    <t>-.44</t>
+  </si>
+  <si>
+    <t>+.24</t>
+  </si>
+  <si>
+    <t>+2.0</t>
+  </si>
+  <si>
+    <t>+34</t>
+  </si>
+  <si>
+    <t>-.37</t>
+  </si>
+  <si>
+    <t>+.34</t>
+  </si>
+  <si>
+    <t>+15</t>
+  </si>
+  <si>
+    <t>-.006</t>
+  </si>
+  <si>
+    <t>+21</t>
+  </si>
+  <si>
+    <t>+37</t>
+  </si>
+  <si>
+    <t>-.31</t>
+  </si>
+  <si>
+    <t>-.005</t>
+  </si>
+  <si>
+    <t>-6</t>
+  </si>
+  <si>
+    <t>+40</t>
+  </si>
+  <si>
+    <t>-.23</t>
+  </si>
+  <si>
+    <t>+8</t>
+  </si>
+  <si>
+    <t>+.25</t>
+  </si>
+  <si>
+    <t>+24</t>
+  </si>
+  <si>
+    <t>+43</t>
+  </si>
+  <si>
+    <t>-.18</t>
+  </si>
+  <si>
+    <t>+.36</t>
+  </si>
+  <si>
+    <t>+1.03</t>
+  </si>
+  <si>
+    <t>+18</t>
+  </si>
+  <si>
+    <t>+.53</t>
+  </si>
+  <si>
+    <t>+26</t>
+  </si>
+  <si>
+    <t>+45</t>
+  </si>
+  <si>
+    <t>-.13</t>
+  </si>
+  <si>
+    <t>+.40</t>
+  </si>
+  <si>
+    <t>+48</t>
+  </si>
+  <si>
+    <t>-.08</t>
+  </si>
+  <si>
+    <t>+.45</t>
+  </si>
+  <si>
+    <t>-.001</t>
+  </si>
+  <si>
+    <t>+51</t>
+  </si>
+  <si>
+    <t>-.04</t>
+  </si>
+  <si>
+    <t>+30</t>
+  </si>
+  <si>
+    <t>+54</t>
+  </si>
+  <si>
+    <t>+57</t>
+  </si>
+  <si>
+    <t>+.03</t>
+  </si>
+  <si>
+    <t>+1.01</t>
+  </si>
+  <si>
+    <t>+6</t>
+  </si>
+  <si>
+    <t>+33</t>
+  </si>
+  <si>
+    <t>+59</t>
+  </si>
+  <si>
+    <t>+.07</t>
+  </si>
+  <si>
+    <t>+.35</t>
+  </si>
+  <si>
+    <t>+62</t>
+  </si>
+  <si>
+    <t>+.19</t>
+  </si>
+  <si>
+    <t>+.54</t>
+  </si>
+  <si>
+    <t>+.93</t>
+  </si>
+  <si>
+    <t>+22</t>
+  </si>
+  <si>
+    <t>+.37</t>
+  </si>
+  <si>
+    <t>+36</t>
+  </si>
+  <si>
+    <t>+64</t>
+  </si>
+  <si>
+    <t>+.56</t>
+  </si>
+  <si>
+    <t>+67</t>
+  </si>
+  <si>
+    <t>+.58</t>
+  </si>
+  <si>
+    <t>+.41</t>
+  </si>
+  <si>
+    <t>+.002</t>
+  </si>
+  <si>
+    <t>+39</t>
+  </si>
+  <si>
+    <t>+70</t>
+  </si>
+  <si>
+    <t>+.61</t>
+  </si>
+  <si>
+    <t>+.44</t>
+  </si>
+  <si>
+    <t>+.003</t>
+  </si>
+  <si>
+    <t>+25</t>
+  </si>
+  <si>
+    <t>+41</t>
+  </si>
+  <si>
+    <t>+73</t>
   </si>
   <si>
     <t>+10.6</t>
   </si>
   <si>
-    <t>-74</t>
-[...320 lines deleted...]
-    <t>-.52</t>
+    <t>+31</t>
+  </si>
+  <si>
+    <t>+.46</t>
   </si>
   <si>
     <t>+.32</t>
   </si>
   <si>
-    <t>+.24</t>
-[...59 lines deleted...]
-    <t>+26</t>
+    <t>+.004</t>
+  </si>
+  <si>
+    <t>+1.7</t>
+  </si>
+  <si>
+    <t>+42</t>
+  </si>
+  <si>
+    <t>+75</t>
+  </si>
+  <si>
+    <t>+.38</t>
+  </si>
+  <si>
+    <t>+.62</t>
+  </si>
+  <si>
+    <t>+1.11</t>
+  </si>
+  <si>
+    <t>+.007</t>
+  </si>
+  <si>
+    <t>+77</t>
+  </si>
+  <si>
+    <t>+.65</t>
+  </si>
+  <si>
+    <t>+1.13</t>
+  </si>
+  <si>
+    <t>+79</t>
+  </si>
+  <si>
+    <t>+.67</t>
   </si>
   <si>
     <t>+46</t>
   </si>
   <si>
-    <t>-.19</t>
-[...5 lines deleted...]
-    <t>+18</t>
+    <t>+82</t>
+  </si>
+  <si>
+    <t>+.70</t>
+  </si>
+  <si>
+    <t>+10.5</t>
+  </si>
+  <si>
+    <t>+38</t>
+  </si>
+  <si>
+    <t>+.008</t>
+  </si>
+  <si>
+    <t>+35</t>
+  </si>
+  <si>
+    <t>+1.5</t>
+  </si>
+  <si>
+    <t>+47</t>
+  </si>
+  <si>
+    <t>+85</t>
+  </si>
+  <si>
+    <t>+.57</t>
+  </si>
+  <si>
+    <t>+10.4</t>
+  </si>
+  <si>
+    <t>+.42</t>
+  </si>
+  <si>
+    <t>+.010</t>
+  </si>
+  <si>
+    <t>+49</t>
+  </si>
+  <si>
+    <t>+87</t>
+  </si>
+  <si>
+    <t>+.64</t>
+  </si>
+  <si>
+    <t>+.71</t>
+  </si>
+  <si>
+    <t>+.011</t>
+  </si>
+  <si>
+    <t>+90</t>
+  </si>
+  <si>
+    <t>+.68</t>
+  </si>
+  <si>
+    <t>+.73</t>
+  </si>
+  <si>
+    <t>+1.4</t>
+  </si>
+  <si>
+    <t>+52</t>
+  </si>
+  <si>
+    <t>+93</t>
+  </si>
+  <si>
+    <t>+.009</t>
+  </si>
+  <si>
+    <t>+96</t>
+  </si>
+  <si>
+    <t>+.78</t>
+  </si>
+  <si>
+    <t>+.75</t>
+  </si>
+  <si>
+    <t>+1.19</t>
+  </si>
+  <si>
+    <t>+.55</t>
+  </si>
+  <si>
+    <t>+44</t>
+  </si>
+  <si>
+    <t>+101</t>
+  </si>
+  <si>
+    <t>+.90</t>
+  </si>
+  <si>
+    <t>+1.26</t>
+  </si>
+  <si>
+    <t>+55</t>
+  </si>
+  <si>
+    <t>+.013</t>
+  </si>
+  <si>
+    <t>+104</t>
+  </si>
+  <si>
+    <t>+.82</t>
+  </si>
+  <si>
+    <t>+1.32</t>
+  </si>
+  <si>
+    <t>+60</t>
+  </si>
+  <si>
+    <t>+.60</t>
+  </si>
+  <si>
+    <t>+.59</t>
+  </si>
+  <si>
+    <t>+.014</t>
+  </si>
+  <si>
+    <t>+61</t>
+  </si>
+  <si>
+    <t>+108</t>
+  </si>
+  <si>
+    <t>+.85</t>
+  </si>
+  <si>
+    <t>+1.38</t>
+  </si>
+  <si>
+    <t>+.015</t>
+  </si>
+  <si>
+    <t>+53</t>
+  </si>
+  <si>
+    <t>+63</t>
+  </si>
+  <si>
+    <t>+112</t>
   </si>
   <si>
     <t>+.26</t>
   </si>
   <si>
-    <t>+48</t>
-[...53 lines deleted...]
-    <t>+.07</t>
+    <t>+.86</t>
+  </si>
+  <si>
+    <t>+11.3</t>
+  </si>
+  <si>
+    <t>+65</t>
+  </si>
+  <si>
+    <t>+50</t>
+  </si>
+  <si>
+    <t>+.66</t>
+  </si>
+  <si>
+    <t>+56</t>
+  </si>
+  <si>
+    <t>+66</t>
+  </si>
+  <si>
+    <t>+116</t>
+  </si>
+  <si>
+    <t>+1.18</t>
+  </si>
+  <si>
+    <t>+.87</t>
+  </si>
+  <si>
+    <t>+1.27</t>
+  </si>
+  <si>
+    <t>+11.5</t>
+  </si>
+  <si>
+    <t>+69</t>
+  </si>
+  <si>
+    <t>+.69</t>
+  </si>
+  <si>
+    <t>+.018</t>
+  </si>
+  <si>
+    <t>+68</t>
+  </si>
+  <si>
+    <t>+120</t>
+  </si>
+  <si>
+    <t>+1.25</t>
+  </si>
+  <si>
+    <t>+.89</t>
+  </si>
+  <si>
+    <t>+1.17</t>
+  </si>
+  <si>
+    <t>+11.7</t>
+  </si>
+  <si>
+    <t>+.80</t>
+  </si>
+  <si>
+    <t>+.72</t>
+  </si>
+  <si>
+    <t>+.020</t>
+  </si>
+  <si>
+    <t>+1.2</t>
+  </si>
+  <si>
+    <t>+123</t>
+  </si>
+  <si>
+    <t>+1.29</t>
+  </si>
+  <si>
+    <t>+.91</t>
+  </si>
+  <si>
+    <t>+11.8</t>
+  </si>
+  <si>
+    <t>+58</t>
+  </si>
+  <si>
+    <t>+.021</t>
+  </si>
+  <si>
+    <t>+71</t>
+  </si>
+  <si>
+    <t>+126</t>
+  </si>
+  <si>
+    <t>+1.34</t>
   </si>
   <si>
     <t>+.92</t>
   </si>
   <si>
-    <t>+22</t>
-[...182 lines deleted...]
-    <t>+96</t>
+    <t>+12.0</t>
   </si>
   <si>
     <t>+.79</t>
-  </si>
-[...163 lines deleted...]
-    <t>+.021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1216,51 +1237,51 @@
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" applyFont="1" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AG56"/>
+  <dimension ref="A1:AG57"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="1" t="s">
@@ -1581,5334 +1602,5435 @@
       <c r="K4" s="3" t="s">
         <v>48</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M4" s="3" t="s">
         <v>50</v>
       </c>
       <c r="N4" s="3" t="s">
         <v>51</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>52</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>54</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>55</v>
       </c>
       <c r="S4" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="T4" s="3" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>57</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>58</v>
       </c>
       <c r="W4" s="3">
         <v>36</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>59</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>60</v>
       </c>
       <c r="AA4" s="3" t="s">
         <v>61</v>
       </c>
       <c r="AB4" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC4" s="3" t="s">
         <v>62</v>
       </c>
       <c r="AD4" s="3">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="AE4" s="3">
         <v>28</v>
       </c>
       <c r="AF4" s="3">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="AG4" s="3">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="5" s="3" customFormat="1">
       <c r="A5" s="4">
         <v>1973</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>43</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H5" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>47</v>
       </c>
       <c r="K5" s="3" t="s">
         <v>48</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M5" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N5" s="3" t="s">
         <v>51</v>
       </c>
       <c r="O5" s="3" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>54</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>55</v>
       </c>
       <c r="S5" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="T5" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="T5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U5" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="V5" s="3" t="s">
         <v>58</v>
       </c>
       <c r="W5" s="3">
         <v>36</v>
       </c>
       <c r="X5" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Y5" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="Z5" s="3" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="AA5" s="3" t="s">
         <v>61</v>
       </c>
       <c r="AB5" s="3">
         <v>5</v>
       </c>
       <c r="AC5" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="AD5" s="3">
         <v>37</v>
       </c>
       <c r="AE5" s="3">
         <v>27</v>
       </c>
       <c r="AF5" s="3">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="AG5" s="3">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="6" s="3" customFormat="1">
       <c r="A6" s="4">
         <v>1974</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H6" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="3" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="N6" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="O6" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>54</v>
       </c>
       <c r="R6" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="S6" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="T6" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="S6" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U6" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="V6" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="W6" s="3">
         <v>36</v>
       </c>
       <c r="X6" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Y6" s="3" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="Z6" s="3" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="AA6" s="3" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="AB6" s="3">
         <v>6</v>
       </c>
       <c r="AC6" s="3" t="s">
         <v>84</v>
       </c>
       <c r="AD6" s="3">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AE6" s="3">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AF6" s="3">
         <v>66</v>
       </c>
       <c r="AG6" s="3">
         <v>92</v>
       </c>
     </row>
     <row r="7" s="3" customFormat="1">
       <c r="A7" s="4">
         <v>1975</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>85</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F7" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="G7" s="3" t="s">
+      <c r="H7" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I7" s="3" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="K7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="N7" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O7" s="3" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q7" s="3" t="s">
-        <v>92</v>
+        <v>54</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>55</v>
       </c>
       <c r="S7" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="T7" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="T7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U7" s="3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="V7" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="W7" s="3">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="X7" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Y7" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="Z7" s="3" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="AA7" s="3" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="AB7" s="3">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AC7" s="3" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="AD7" s="3">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AE7" s="3">
         <v>27</v>
       </c>
       <c r="AF7" s="3">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="AG7" s="3">
         <v>93</v>
       </c>
     </row>
     <row r="8" s="3" customFormat="1">
       <c r="A8" s="4">
         <v>1976</v>
       </c>
       <c r="B8" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C8" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="C8" s="3" t="s">
+      <c r="D8" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="D8" s="3" t="s">
+      <c r="E8" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="E8" s="3" t="s">
+      <c r="F8" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="F8" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="3" t="s">
+      <c r="H8" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I8" s="3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>47</v>
       </c>
       <c r="K8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M8" s="3" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="N8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="O8" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q8" s="3" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="R8" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="S8" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="T8" s="3" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="U8" s="3" t="s">
         <v>102</v>
       </c>
       <c r="V8" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="W8" s="3">
         <v>36</v>
       </c>
       <c r="X8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Y8" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="Z8" s="3" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="AA8" s="3" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="AB8" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="AC8" s="3" t="s">
         <v>103</v>
       </c>
       <c r="AD8" s="3">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE8" s="3">
         <v>27</v>
       </c>
       <c r="AF8" s="3">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="AG8" s="3">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="9" s="3" customFormat="1">
       <c r="A9" s="4">
         <v>1977</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>104</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>105</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>106</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>107</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>108</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>47</v>
       </c>
       <c r="K9" s="3" t="s">
         <v>48</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M9" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N9" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>109</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q9" s="3" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="S9" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="T9" s="3" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="U9" s="3" t="s">
         <v>110</v>
       </c>
       <c r="V9" s="3" t="s">
         <v>111</v>
       </c>
       <c r="W9" s="3">
         <v>35</v>
       </c>
       <c r="X9" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Y9" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="Z9" s="3" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="AA9" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AB9" s="3">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="AC9" s="3" t="s">
         <v>103</v>
       </c>
       <c r="AD9" s="3">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="AE9" s="3">
         <v>27</v>
       </c>
       <c r="AF9" s="3">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="AG9" s="3">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="10" s="3" customFormat="1">
       <c r="A10" s="4">
         <v>1978</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>88</v>
+        <v>117</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H10" s="3" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>108</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>47</v>
       </c>
       <c r="K10" s="3" t="s">
         <v>48</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M10" s="3" t="s">
-        <v>118</v>
+        <v>80</v>
       </c>
       <c r="N10" s="3" t="s">
         <v>51</v>
       </c>
       <c r="O10" s="3" t="s">
-        <v>119</v>
+        <v>71</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q10" s="3" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="R10" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="S10" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="T10" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="S10" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U10" s="3" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="V10" s="3" t="s">
         <v>111</v>
       </c>
       <c r="W10" s="3">
         <v>35</v>
       </c>
       <c r="X10" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Y10" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z10" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="Z10" s="3" t="s">
+      <c r="AA10" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="AB10" s="3">
+        <v>8</v>
+      </c>
+      <c r="AC10" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="AA10" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AD10" s="3">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="AE10" s="3">
         <v>26</v>
       </c>
       <c r="AF10" s="3">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="AG10" s="3">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" s="3" customFormat="1">
       <c r="A11" s="4">
         <v>1979</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>124</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>125</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>86</v>
+        <v>126</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>88</v>
+        <v>117</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>108</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>47</v>
       </c>
       <c r="K11" s="3" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M11" s="3" t="s">
-        <v>50</v>
+        <v>129</v>
       </c>
       <c r="N11" s="3" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="O11" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q11" s="3" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="R11" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="S11" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="T11" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="S11" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U11" s="3" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="V11" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="W11" s="3">
         <v>35</v>
       </c>
       <c r="X11" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="Y11" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z11" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="Z11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA11" s="3" t="s">
-        <v>83</v>
+        <v>113</v>
       </c>
       <c r="AB11" s="3">
         <v>9</v>
       </c>
       <c r="AC11" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="AD11" s="3">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="AE11" s="3">
         <v>26</v>
       </c>
       <c r="AF11" s="3">
         <v>70</v>
       </c>
       <c r="AG11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" s="3" customFormat="1">
       <c r="A12" s="4">
         <v>1980</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>135</v>
+        <v>117</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>136</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>137</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>108</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>47</v>
       </c>
       <c r="K12" s="3" t="s">
         <v>48</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M12" s="3" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="N12" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O12" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q12" s="3" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="R12" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="S12" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="T12" s="3" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="U12" s="3" t="s">
         <v>138</v>
       </c>
       <c r="V12" s="3" t="s">
         <v>139</v>
       </c>
       <c r="W12" s="3">
         <v>34</v>
       </c>
       <c r="X12" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="Y12" s="3" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="Z12" s="3" t="s">
         <v>140</v>
       </c>
       <c r="AA12" s="3" t="s">
-        <v>83</v>
+        <v>113</v>
       </c>
       <c r="AB12" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="AC12" s="3" t="s">
         <v>141</v>
       </c>
       <c r="AD12" s="3">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AE12" s="3">
         <v>26</v>
       </c>
       <c r="AF12" s="3">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="AG12" s="3">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" s="3" customFormat="1">
       <c r="A13" s="4">
         <v>1981</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>142</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>137</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>108</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>47</v>
       </c>
       <c r="K13" s="3" t="s">
         <v>48</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M13" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N13" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O13" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q13" s="3" t="s">
-        <v>145</v>
+        <v>101</v>
       </c>
       <c r="R13" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="S13" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="T13" s="3" t="s">
         <v>146</v>
       </c>
       <c r="U13" s="3" t="s">
         <v>147</v>
       </c>
       <c r="V13" s="3" t="s">
         <v>45</v>
       </c>
       <c r="W13" s="3">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="X13" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="Y13" s="3" t="s">
-        <v>148</v>
+        <v>120</v>
       </c>
       <c r="Z13" s="3" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="AA13" s="3" t="s">
         <v>61</v>
       </c>
       <c r="AB13" s="3">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="AC13" s="3" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="AD13" s="3">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AE13" s="3">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AF13" s="3">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AG13" s="3">
         <v>103</v>
       </c>
     </row>
     <row r="14" s="3" customFormat="1">
       <c r="A14" s="4">
         <v>1982</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>142</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="G14" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="H14" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="H14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I14" s="3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>47</v>
       </c>
       <c r="K14" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M14" s="3" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="N14" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O14" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q14" s="3" t="s">
-        <v>145</v>
+        <v>101</v>
       </c>
       <c r="R14" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="T14" s="3" t="s">
         <v>146</v>
       </c>
       <c r="U14" s="3" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="V14" s="3" t="s">
         <v>45</v>
       </c>
       <c r="W14" s="3">
         <v>33</v>
       </c>
       <c r="X14" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="Y14" s="3" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="Z14" s="3" t="s">
         <v>140</v>
       </c>
       <c r="AA14" s="3" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="AB14" s="3">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC14" s="3" t="s">
         <v>153</v>
       </c>
       <c r="AD14" s="3">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="AE14" s="3">
         <v>26</v>
       </c>
       <c r="AF14" s="3">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AG14" s="3">
         <v>108</v>
       </c>
     </row>
     <row r="15" s="3" customFormat="1">
       <c r="A15" s="4">
         <v>1983</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>137</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>154</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>155</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>108</v>
       </c>
       <c r="J15" s="3" t="s">
-        <v>156</v>
+        <v>47</v>
       </c>
       <c r="K15" s="3" t="s">
         <v>48</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M15" s="3" t="s">
-        <v>50</v>
+        <v>129</v>
       </c>
       <c r="N15" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O15" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="T15" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="U15" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="U15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V15" s="3" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="W15" s="3">
         <v>32</v>
       </c>
       <c r="X15" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="Y15" s="3" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="Z15" s="3" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="AA15" s="3" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="AB15" s="3">
         <v>11</v>
       </c>
       <c r="AC15" s="3" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="AD15" s="3">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AE15" s="3">
         <v>26</v>
       </c>
       <c r="AF15" s="3">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AG15" s="3">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="16" s="3" customFormat="1">
       <c r="A16" s="4">
         <v>1984</v>
       </c>
       <c r="B16" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="C16" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="C16" s="3" t="s">
+      <c r="D16" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G16" s="3" t="s">
         <v>162</v>
-      </c>
-[...10 lines deleted...]
-        <v>163</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>53</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="J16" s="3" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="K16" s="3" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M16" s="3" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="N16" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="T16" s="3" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="U16" s="3" t="s">
         <v>164</v>
       </c>
       <c r="V16" s="3" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="W16" s="3">
         <v>31</v>
       </c>
       <c r="X16" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="Y16" s="3" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="Z16" s="3" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="AA16" s="3" t="s">
         <v>165</v>
       </c>
       <c r="AB16" s="3">
         <v>12</v>
       </c>
       <c r="AC16" s="3" t="s">
         <v>166</v>
       </c>
       <c r="AD16" s="3">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE16" s="3">
         <v>26</v>
       </c>
       <c r="AF16" s="3">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AG16" s="3">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="17" s="3" customFormat="1">
       <c r="A17" s="4">
         <v>1985</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>167</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>168</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>169</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>170</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>171</v>
       </c>
       <c r="J17" s="3" t="s">
-        <v>156</v>
+        <v>47</v>
       </c>
       <c r="K17" s="3" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M17" s="3" t="s">
-        <v>172</v>
+        <v>50</v>
       </c>
       <c r="N17" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O17" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="T17" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="U17" s="3" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="V17" s="3" t="s">
         <v>137</v>
       </c>
       <c r="W17" s="3">
         <v>31</v>
       </c>
       <c r="X17" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="Y17" s="3" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="Z17" s="3" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="AA17" s="3" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="AB17" s="3">
         <v>13</v>
       </c>
       <c r="AC17" s="3" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="AD17" s="3">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AE17" s="3">
         <v>26</v>
       </c>
       <c r="AF17" s="3">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AG17" s="3">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="18" s="3" customFormat="1">
       <c r="A18" s="4">
         <v>1986</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>168</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="J18" s="3" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="K18" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M18" s="3" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="N18" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O18" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>54</v>
       </c>
       <c r="R18" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="T18" s="3" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="U18" s="3" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="V18" s="3" t="s">
         <v>137</v>
       </c>
       <c r="W18" s="3">
         <v>30</v>
       </c>
       <c r="X18" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Y18" s="3" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="Z18" s="3" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="AA18" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="AB18" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="AC18" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AD18" s="3">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AE18" s="3">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AF18" s="3">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AG18" s="3">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="19" s="3" customFormat="1">
       <c r="A19" s="4">
         <v>1987</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C19" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="D19" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>182</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>183</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>171</v>
       </c>
       <c r="J19" s="3" t="s">
-        <v>156</v>
+        <v>47</v>
       </c>
       <c r="K19" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M19" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N19" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>119</v>
+        <v>184</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>54</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>55</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="T19" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="U19" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="V19" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="W19" s="3">
         <v>29</v>
       </c>
       <c r="X19" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Y19" s="3" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="Z19" s="3" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="AA19" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="AB19" s="3">
         <v>16</v>
       </c>
       <c r="AC19" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="AD19" s="3">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AE19" s="3">
         <v>26</v>
       </c>
       <c r="AF19" s="3">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AG19" s="3">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="20" s="3" customFormat="1">
       <c r="A20" s="4">
         <v>1988</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>189</v>
+        <v>163</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>190</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>191</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>183</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>108</v>
       </c>
       <c r="J20" s="3" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="K20" s="3" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M20" s="3" t="s">
         <v>192</v>
       </c>
       <c r="N20" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O20" s="3" t="s">
-        <v>119</v>
+        <v>184</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>189</v>
+        <v>163</v>
       </c>
       <c r="R20" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="T20" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="U20" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="V20" s="3" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="W20" s="3">
         <v>28</v>
       </c>
       <c r="X20" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Y20" s="3" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="Z20" s="3" t="s">
         <v>140</v>
       </c>
       <c r="AA20" s="3" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="AB20" s="3">
         <v>18</v>
       </c>
       <c r="AC20" s="3" t="s">
         <v>87</v>
       </c>
       <c r="AD20" s="3">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AE20" s="3">
         <v>27</v>
       </c>
       <c r="AF20" s="3">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="AG20" s="3">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="21" s="3" customFormat="1">
       <c r="A21" s="4">
         <v>1989</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C21" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="D21" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="3" t="s">
+      <c r="F21" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G21" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="F21" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G21" s="3" t="s">
+      <c r="H21" s="3" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>108</v>
       </c>
       <c r="J21" s="3" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="K21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="M21" s="3" t="s">
-        <v>179</v>
+        <v>197</v>
       </c>
       <c r="N21" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>198</v>
       </c>
       <c r="P21" s="3" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>189</v>
+        <v>163</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>51</v>
       </c>
       <c r="T21" s="3" t="s">
         <v>199</v>
       </c>
       <c r="U21" s="3" t="s">
         <v>200</v>
       </c>
       <c r="V21" s="3" t="s">
         <v>155</v>
       </c>
       <c r="W21" s="3">
         <v>27</v>
       </c>
       <c r="X21" s="3" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="Y21" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="Z21" s="3" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="AA21" s="3" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="AB21" s="3">
         <v>18</v>
       </c>
       <c r="AC21" s="3" t="s">
-        <v>87</v>
+        <v>200</v>
       </c>
       <c r="AD21" s="3">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="AE21" s="3">
         <v>27</v>
       </c>
       <c r="AF21" s="3">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AG21" s="3">
-        <v>127</v>
+        <v>124</v>
       </c>
     </row>
     <row r="22" s="3" customFormat="1">
       <c r="A22" s="4">
         <v>1990</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>201</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>202</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>204</v>
       </c>
       <c r="H22" s="3" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J22" s="3" t="s">
-        <v>189</v>
+        <v>163</v>
       </c>
       <c r="K22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L22" s="3" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="M22" s="3" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="N22" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>198</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>156</v>
+        <v>47</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>55</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="T22" s="3" t="s">
         <v>199</v>
       </c>
       <c r="U22" s="3" t="s">
-        <v>106</v>
+        <v>205</v>
       </c>
       <c r="V22" s="3" t="s">
         <v>53</v>
       </c>
       <c r="W22" s="3">
         <v>26</v>
       </c>
       <c r="X22" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Y22" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="Z22" s="3" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="AA22" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="AB22" s="3">
         <v>21</v>
       </c>
       <c r="AC22" s="3" t="s">
         <v>206</v>
       </c>
       <c r="AD22" s="3">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="AE22" s="3">
         <v>27</v>
       </c>
       <c r="AF22" s="3">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AG22" s="3">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" s="3" customFormat="1">
       <c r="A23" s="4">
         <v>1991</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>207</v>
       </c>
       <c r="D23" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="E23" s="3" t="s">
+      <c r="F23" s="3" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>210</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>46</v>
       </c>
       <c r="J23" s="3" t="s">
-        <v>189</v>
+        <v>163</v>
       </c>
       <c r="K23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M23" s="3" t="s">
-        <v>172</v>
+        <v>145</v>
       </c>
       <c r="N23" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>119</v>
+        <v>198</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>47</v>
+        <v>181</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>55</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="T23" s="3" t="s">
         <v>199</v>
       </c>
       <c r="U23" s="3" t="s">
         <v>86</v>
       </c>
       <c r="V23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="W23" s="3">
         <v>25</v>
       </c>
       <c r="X23" s="3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Y23" s="3" t="s">
         <v>59</v>
       </c>
       <c r="Z23" s="3" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AA23" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="AB23" s="3">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AC23" s="3" t="s">
         <v>41</v>
       </c>
       <c r="AD23" s="3">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="AE23" s="3">
         <v>27</v>
       </c>
       <c r="AF23" s="3">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="AG23" s="3">
         <v>136</v>
       </c>
     </row>
     <row r="24" s="3" customFormat="1">
       <c r="A24" s="4">
         <v>1992</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C24" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="D24" s="3" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>212</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>122</v>
+        <v>209</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>213</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J24" s="3" t="s">
-        <v>189</v>
+        <v>163</v>
       </c>
       <c r="K24" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M24" s="3" t="s">
-        <v>179</v>
+        <v>197</v>
       </c>
       <c r="N24" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>119</v>
+        <v>198</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>202</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="T24" s="3" t="s">
         <v>199</v>
       </c>
       <c r="U24" s="3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="V24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="W24" s="3">
         <v>24</v>
       </c>
       <c r="X24" s="3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Y24" s="3" t="s">
         <v>59</v>
       </c>
       <c r="Z24" s="3" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AA24" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="AB24" s="3">
         <v>26</v>
       </c>
       <c r="AC24" s="3" t="s">
-        <v>86</v>
+        <v>126</v>
       </c>
       <c r="AD24" s="3">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="AE24" s="3">
         <v>27</v>
       </c>
       <c r="AF24" s="3">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="AG24" s="3">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="25" s="3" customFormat="1">
       <c r="A25" s="4">
         <v>1993</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D25" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="I25" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="E25" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J25" s="3" t="s">
-        <v>189</v>
+        <v>54</v>
       </c>
       <c r="K25" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M25" s="3" t="s">
-        <v>172</v>
+        <v>50</v>
       </c>
       <c r="N25" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>119</v>
+        <v>184</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>202</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T25" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="U25" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="V25" s="3" t="s">
-        <v>170</v>
+        <v>53</v>
       </c>
       <c r="W25" s="3">
         <v>24</v>
       </c>
       <c r="X25" s="3" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="Y25" s="3" t="s">
         <v>219</v>
       </c>
       <c r="Z25" s="3" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AA25" s="3" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="AB25" s="3">
         <v>28</v>
       </c>
       <c r="AC25" s="3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="AD25" s="3">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="AE25" s="3">
         <v>28</v>
       </c>
       <c r="AF25" s="3">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="AG25" s="3">
-        <v>143</v>
+        <v>141</v>
       </c>
     </row>
     <row r="26" s="3" customFormat="1">
       <c r="A26" s="4">
         <v>1994</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="K26" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M26" s="3" t="s">
-        <v>172</v>
+        <v>50</v>
       </c>
       <c r="N26" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>119</v>
+        <v>184</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>51</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>223</v>
+        <v>81</v>
       </c>
       <c r="T26" s="3" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="U26" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="V26" s="3" t="s">
         <v>170</v>
       </c>
       <c r="W26" s="3">
         <v>23</v>
       </c>
       <c r="X26" s="3" t="s">
-        <v>224</v>
+        <v>39</v>
       </c>
       <c r="Y26" s="3" t="s">
         <v>219</v>
       </c>
       <c r="Z26" s="3" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AA26" s="3" t="s">
-        <v>165</v>
+        <v>225</v>
       </c>
       <c r="AB26" s="3">
         <v>31</v>
       </c>
       <c r="AC26" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AD26" s="3">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="AE26" s="3">
         <v>28</v>
       </c>
       <c r="AF26" s="3">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AG26" s="3">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="27" s="3" customFormat="1">
       <c r="A27" s="4">
         <v>1995</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H27" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>54</v>
       </c>
       <c r="K27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M27" s="3" t="s">
-        <v>205</v>
+        <v>178</v>
       </c>
       <c r="N27" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>119</v>
+        <v>184</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>51</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>223</v>
+        <v>81</v>
       </c>
       <c r="T27" s="3" t="s">
-        <v>157</v>
+        <v>172</v>
       </c>
       <c r="U27" s="3" t="s">
         <v>142</v>
       </c>
       <c r="V27" s="3" t="s">
         <v>170</v>
       </c>
       <c r="W27" s="3">
         <v>22</v>
       </c>
       <c r="X27" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Y27" s="3" t="s">
         <v>219</v>
       </c>
       <c r="Z27" s="3" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AA27" s="3" t="s">
-        <v>159</v>
+        <v>229</v>
       </c>
       <c r="AB27" s="3">
         <v>34</v>
       </c>
       <c r="AC27" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="AD27" s="3">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="AE27" s="3">
         <v>27</v>
       </c>
       <c r="AF27" s="3">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AG27" s="3">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="28" s="3" customFormat="1">
       <c r="A28" s="4">
         <v>1996</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>203</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>54</v>
       </c>
       <c r="K28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M28" s="3" t="s">
-        <v>179</v>
+        <v>197</v>
       </c>
       <c r="N28" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>223</v>
+        <v>81</v>
       </c>
       <c r="T28" s="3" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="U28" s="3" t="s">
         <v>53</v>
       </c>
       <c r="V28" s="3" t="s">
         <v>170</v>
       </c>
       <c r="W28" s="3">
         <v>21</v>
       </c>
       <c r="X28" s="3" t="s">
-        <v>145</v>
+        <v>233</v>
       </c>
       <c r="Y28" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="Z28" s="3" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="AA28" s="3" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="AB28" s="3">
         <v>37</v>
       </c>
       <c r="AC28" s="3" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="AD28" s="3">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="AE28" s="3">
         <v>28</v>
       </c>
       <c r="AF28" s="3">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AG28" s="3">
-        <v>156</v>
+        <v>155</v>
       </c>
     </row>
     <row r="29" s="3" customFormat="1">
       <c r="A29" s="4">
         <v>1997</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H29" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="J29" s="3" t="s">
-        <v>54</v>
+        <v>101</v>
       </c>
       <c r="K29" s="3" t="s">
         <v>55</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M29" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="N29" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>190</v>
+        <v>240</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="T29" s="3" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="U29" s="3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="V29" s="3" t="s">
         <v>170</v>
       </c>
       <c r="W29" s="3">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="X29" s="3" t="s">
         <v>54</v>
       </c>
       <c r="Y29" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="Z29" s="3" t="s">
         <v>140</v>
       </c>
       <c r="AA29" s="3" t="s">
-        <v>83</v>
+        <v>113</v>
       </c>
       <c r="AB29" s="3">
         <v>37</v>
       </c>
       <c r="AC29" s="3" t="s">
-        <v>129</v>
+        <v>53</v>
       </c>
       <c r="AD29" s="3">
         <v>65</v>
       </c>
       <c r="AE29" s="3">
         <v>28</v>
       </c>
       <c r="AF29" s="3">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AG29" s="3">
-        <v>159</v>
+        <v>158</v>
       </c>
     </row>
     <row r="30" s="3" customFormat="1">
       <c r="A30" s="4">
         <v>1998</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>60</v>
+        <v>112</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>54</v>
       </c>
       <c r="K30" s="3" t="s">
         <v>55</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>55</v>
+        <v>91</v>
       </c>
       <c r="M30" s="3" t="s">
-        <v>179</v>
+        <v>145</v>
       </c>
       <c r="N30" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>52</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>39</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="T30" s="3" t="s">
         <v>146</v>
       </c>
       <c r="U30" s="3" t="s">
-        <v>224</v>
+        <v>168</v>
       </c>
       <c r="V30" s="3" t="s">
         <v>170</v>
       </c>
       <c r="W30" s="3">
         <v>17</v>
       </c>
       <c r="X30" s="3" t="s">
         <v>54</v>
       </c>
       <c r="Y30" s="3" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="Z30" s="3" t="s">
         <v>140</v>
       </c>
       <c r="AA30" s="3" t="s">
-        <v>83</v>
+        <v>113</v>
       </c>
       <c r="AB30" s="3">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AC30" s="3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="AD30" s="3">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="AE30" s="3">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AF30" s="3">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="AG30" s="3">
-        <v>161</v>
+        <v>157</v>
       </c>
     </row>
     <row r="31" s="3" customFormat="1">
       <c r="A31" s="4">
         <v>1999</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>60</v>
+        <v>112</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>54</v>
       </c>
       <c r="K31" s="3" t="s">
         <v>55</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M31" s="3" t="s">
-        <v>237</v>
+        <v>129</v>
       </c>
       <c r="N31" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>52</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>243</v>
+        <v>216</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="T31" s="3" t="s">
         <v>146</v>
       </c>
       <c r="U31" s="3" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="V31" s="3" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="W31" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="X31" s="3" t="s">
-        <v>156</v>
+        <v>47</v>
       </c>
       <c r="Y31" s="3" t="s">
         <v>171</v>
       </c>
       <c r="Z31" s="3" t="s">
-        <v>130</v>
+        <v>209</v>
       </c>
       <c r="AA31" s="3" t="s">
-        <v>61</v>
+        <v>249</v>
       </c>
       <c r="AB31" s="3">
         <v>38</v>
       </c>
       <c r="AC31" s="3" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="AD31" s="3">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="AE31" s="3">
         <v>29</v>
       </c>
       <c r="AF31" s="3">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="AG31" s="3">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="32" s="3" customFormat="1">
       <c r="A32" s="4">
         <v>2000</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>212</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>249</v>
+        <v>74</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>48</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>54</v>
       </c>
       <c r="K32" s="3" t="s">
         <v>55</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M32" s="3" t="s">
-        <v>172</v>
+        <v>239</v>
       </c>
       <c r="N32" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>52</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="T32" s="3" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="U32" s="3" t="s">
-        <v>156</v>
+        <v>47</v>
       </c>
       <c r="V32" s="3" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="W32" s="3">
         <v>14</v>
       </c>
       <c r="X32" s="3" t="s">
-        <v>47</v>
+        <v>181</v>
       </c>
       <c r="Y32" s="3" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="Z32" s="3" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="AA32" s="3" t="s">
         <v>61</v>
       </c>
       <c r="AB32" s="3">
         <v>39</v>
       </c>
       <c r="AC32" s="3" t="s">
-        <v>145</v>
+        <v>233</v>
       </c>
       <c r="AD32" s="3">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="AE32" s="3">
         <v>30</v>
       </c>
       <c r="AF32" s="3">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="AG32" s="3">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="33" s="3" customFormat="1">
       <c r="A33" s="4">
         <v>2001</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>249</v>
+        <v>60</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>253</v>
+        <v>53</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>54</v>
       </c>
       <c r="K33" s="3" t="s">
         <v>55</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M33" s="3" t="s">
-        <v>172</v>
+        <v>239</v>
       </c>
       <c r="N33" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>109</v>
+        <v>52</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="T33" s="3" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="U33" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="V33" s="3" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="W33" s="3">
         <v>12</v>
       </c>
       <c r="X33" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="Y33" s="3" t="s">
         <v>46</v>
       </c>
       <c r="Z33" s="3" t="s">
-        <v>249</v>
+        <v>60</v>
       </c>
       <c r="AA33" s="3" t="s">
         <v>61</v>
       </c>
       <c r="AB33" s="3">
         <v>39</v>
       </c>
       <c r="AC33" s="3" t="s">
         <v>54</v>
       </c>
       <c r="AD33" s="3">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="AE33" s="3">
         <v>32</v>
       </c>
       <c r="AF33" s="3">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="AG33" s="3">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" s="3" customFormat="1">
       <c r="A34" s="4">
         <v>2002</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>254</v>
       </c>
       <c r="F34" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G34" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="G34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H34" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>54</v>
       </c>
       <c r="K34" s="3" t="s">
         <v>55</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M34" s="3" t="s">
-        <v>146</v>
+        <v>256</v>
       </c>
       <c r="N34" s="3" t="s">
         <v>51</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>52</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>224</v>
+        <v>257</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>51</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="T34" s="3" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="U34" s="3" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="V34" s="3" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="W34" s="3">
         <v>10</v>
       </c>
       <c r="X34" s="3" t="s">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="Y34" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="Z34" s="3" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="AA34" s="3" t="s">
         <v>61</v>
       </c>
       <c r="AB34" s="3">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC34" s="3" t="s">
-        <v>156</v>
+        <v>47</v>
       </c>
       <c r="AD34" s="3">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="AE34" s="3">
         <v>33</v>
       </c>
       <c r="AF34" s="3">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="AG34" s="3">
-        <v>176</v>
+        <v>174</v>
       </c>
     </row>
     <row r="35" s="3" customFormat="1">
       <c r="A35" s="4">
         <v>2003</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>255</v>
+        <v>60</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>51</v>
       </c>
       <c r="J35" s="3" t="s">
-        <v>189</v>
+        <v>163</v>
       </c>
       <c r="K35" s="3" t="s">
         <v>55</v>
       </c>
       <c r="L35" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M35" s="3" t="s">
-        <v>199</v>
+        <v>185</v>
       </c>
       <c r="N35" s="3" t="s">
         <v>51</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>52</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>224</v>
+        <v>257</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>51</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="T35" s="3" t="s">
-        <v>237</v>
+        <v>56</v>
       </c>
       <c r="U35" s="3" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="V35" s="3" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="W35" s="3">
         <v>9</v>
       </c>
       <c r="X35" s="3" t="s">
-        <v>243</v>
+        <v>211</v>
       </c>
       <c r="Y35" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="Z35" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="AA35" s="3" t="s">
-        <v>261</v>
+        <v>249</v>
       </c>
       <c r="AB35" s="3">
         <v>42</v>
       </c>
       <c r="AC35" s="3" t="s">
         <v>202</v>
       </c>
       <c r="AD35" s="3">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="AE35" s="3">
         <v>34</v>
       </c>
       <c r="AF35" s="3">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="AG35" s="3">
-        <v>181</v>
+        <v>178</v>
       </c>
     </row>
     <row r="36" s="3" customFormat="1">
       <c r="A36" s="4">
         <v>2004</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>201</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>262</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>263</v>
+        <v>159</v>
       </c>
       <c r="H36" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>223</v>
+        <v>264</v>
       </c>
       <c r="J36" s="3" t="s">
-        <v>189</v>
+        <v>163</v>
       </c>
       <c r="K36" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="L36" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M36" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N36" s="3" t="s">
         <v>51</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>52</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>224</v>
+        <v>257</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>51</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="T36" s="3" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="U36" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="V36" s="3" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="W36" s="3">
         <v>7</v>
       </c>
       <c r="X36" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="Y36" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="Z36" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="AA36" s="3" t="s">
-        <v>261</v>
+        <v>249</v>
       </c>
       <c r="AB36" s="3">
         <v>42</v>
       </c>
       <c r="AC36" s="3" t="s">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="AD36" s="3">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="AE36" s="3">
         <v>35</v>
       </c>
       <c r="AF36" s="3">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AG36" s="3">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="37" s="3" customFormat="1">
       <c r="A37" s="4">
         <v>2005</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>201</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>148</v>
+        <v>263</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="H37" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J37" s="3" t="s">
-        <v>189</v>
+        <v>163</v>
       </c>
       <c r="K37" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="L37" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M37" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N37" s="3" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>224</v>
+        <v>257</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>51</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="T37" s="3" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="U37" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="V37" s="3" t="s">
-        <v>183</v>
+        <v>161</v>
       </c>
       <c r="W37" s="3">
         <v>6</v>
       </c>
       <c r="X37" s="3" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="Y37" s="3" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="Z37" s="3" t="s">
         <v>171</v>
       </c>
       <c r="AA37" s="3" t="s">
         <v>53</v>
       </c>
       <c r="AB37" s="3">
         <v>44</v>
       </c>
       <c r="AC37" s="3" t="s">
-        <v>215</v>
+        <v>194</v>
       </c>
       <c r="AD37" s="3">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="AE37" s="3">
         <v>37</v>
       </c>
       <c r="AF37" s="3">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AG37" s="3">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="38" s="3" customFormat="1">
       <c r="A38" s="4">
         <v>2006</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>201</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>148</v>
+        <v>263</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>249</v>
+        <v>73</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J38" s="3" t="s">
-        <v>189</v>
+        <v>163</v>
       </c>
       <c r="K38" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M38" s="3" t="s">
-        <v>272</v>
+        <v>199</v>
       </c>
       <c r="N38" s="3" t="s">
         <v>51</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="T38" s="3" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="U38" s="3" t="s">
-        <v>239</v>
+        <v>208</v>
       </c>
       <c r="V38" s="3" t="s">
-        <v>183</v>
+        <v>161</v>
       </c>
       <c r="W38" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X38" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="Y38" s="3" t="s">
         <v>273</v>
       </c>
       <c r="Z38" s="3" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="AA38" s="3" t="s">
         <v>274</v>
       </c>
       <c r="AB38" s="3">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="AC38" s="3" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="AD38" s="3">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AE38" s="3">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF38" s="3">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AG38" s="3">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" s="3" customFormat="1">
       <c r="A39" s="4">
         <v>2007</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>275</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>276</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>219</v>
+        <v>108</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>277</v>
       </c>
       <c r="J39" s="3" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="K39" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M39" s="3" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="N39" s="3" t="s">
         <v>51</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>109</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q39" s="3" t="s">
         <v>203</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="T39" s="3" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="U39" s="3" t="s">
-        <v>278</v>
+        <v>212</v>
       </c>
       <c r="V39" s="3" t="s">
-        <v>183</v>
+        <v>161</v>
       </c>
       <c r="W39" s="3">
         <v>3</v>
       </c>
       <c r="X39" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="Y39" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="Z39" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="AA39" s="3" t="s">
         <v>279</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
       <c r="AB39" s="3">
         <v>44</v>
       </c>
       <c r="AC39" s="3" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="AD39" s="3">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AE39" s="3">
         <v>39</v>
       </c>
       <c r="AF39" s="3">
         <v>116</v>
       </c>
       <c r="AG39" s="3">
         <v>194</v>
       </c>
     </row>
     <row r="40" s="3" customFormat="1">
       <c r="A40" s="4">
         <v>2008</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="D40" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="E40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>68</v>
+        <v>223</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>277</v>
       </c>
       <c r="J40" s="3" t="s">
-        <v>189</v>
+        <v>47</v>
       </c>
       <c r="K40" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M40" s="3" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="N40" s="3" t="s">
         <v>51</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q40" s="3" t="s">
         <v>203</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>238</v>
+        <v>264</v>
       </c>
       <c r="T40" s="3" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="U40" s="3" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="V40" s="3" t="s">
         <v>183</v>
       </c>
       <c r="W40" s="3">
         <v>2</v>
       </c>
       <c r="X40" s="3" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="Y40" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="Z40" s="3" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="AA40" s="3" t="s">
         <v>287</v>
       </c>
       <c r="AB40" s="3">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AC40" s="3" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="AD40" s="3">
         <v>77</v>
       </c>
       <c r="AE40" s="3">
         <v>40</v>
       </c>
       <c r="AF40" s="3">
         <v>118</v>
       </c>
       <c r="AG40" s="3">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="41" s="3" customFormat="1">
       <c r="A41" s="4">
         <v>2009</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>121</v>
+        <v>158</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>260</v>
+        <v>291</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="J41" s="3" t="s">
-        <v>156</v>
+        <v>47</v>
       </c>
       <c r="K41" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M41" s="3" t="s">
-        <v>78</v>
+        <v>293</v>
       </c>
       <c r="N41" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>203</v>
+        <v>235</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>223</v>
+        <v>81</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="T41" s="3" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="U41" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="V41" s="3" t="s">
         <v>183</v>
       </c>
       <c r="W41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X41" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="Y41" s="3" t="s">
         <v>49</v>
       </c>
       <c r="Z41" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="AA41" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="AB41" s="3">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AC41" s="3" t="s">
-        <v>212</v>
+        <v>252</v>
       </c>
       <c r="AD41" s="3">
         <v>78</v>
       </c>
       <c r="AE41" s="3">
         <v>41</v>
       </c>
       <c r="AF41" s="3">
         <v>119</v>
       </c>
       <c r="AG41" s="3">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" s="3" customFormat="1">
       <c r="A42" s="4">
         <v>2010</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>288</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="J42" s="3" t="s">
-        <v>156</v>
+        <v>181</v>
       </c>
       <c r="K42" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M42" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="N42" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="T42" s="3" t="s">
-        <v>172</v>
+        <v>256</v>
       </c>
       <c r="U42" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="V42" s="3" t="s">
         <v>183</v>
       </c>
       <c r="W42" s="3">
         <v>0</v>
       </c>
       <c r="X42" s="3" t="s">
-        <v>278</v>
+        <v>208</v>
       </c>
       <c r="Y42" s="3" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="Z42" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="AA42" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="AB42" s="3">
         <v>47</v>
       </c>
       <c r="AC42" s="3" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="AD42" s="3">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AE42" s="3">
         <v>40</v>
       </c>
       <c r="AF42" s="3">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="AG42" s="3">
-        <v>204</v>
+        <v>201</v>
       </c>
     </row>
     <row r="43" s="3" customFormat="1">
       <c r="A43" s="4">
         <v>2011</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>296</v>
+        <v>243</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>247</v>
+        <v>48</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J43" s="3" t="s">
-        <v>47</v>
+        <v>181</v>
       </c>
       <c r="K43" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M43" s="3" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="N43" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T43" s="3" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="U43" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="V43" s="3" t="s">
         <v>183</v>
       </c>
       <c r="W43" s="3">
         <v>-1</v>
       </c>
       <c r="X43" s="3" t="s">
         <v>212</v>
       </c>
       <c r="Y43" s="3" t="s">
         <v>48</v>
       </c>
       <c r="Z43" s="3" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="AA43" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="AB43" s="3">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="AC43" s="3" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="AD43" s="3">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="AE43" s="3">
         <v>41</v>
       </c>
       <c r="AF43" s="3">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="AG43" s="3">
-        <v>208</v>
+        <v>205</v>
       </c>
     </row>
     <row r="44" s="3" customFormat="1">
       <c r="A44" s="4">
         <v>2012</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>240</v>
+        <v>300</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>71</v>
+        <v>120</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>202</v>
       </c>
       <c r="K44" s="3" t="s">
         <v>51</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M44" s="3" t="s">
-        <v>179</v>
+        <v>197</v>
       </c>
       <c r="N44" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>51</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>51</v>
       </c>
       <c r="T44" s="3" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="U44" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="V44" s="3" t="s">
         <v>183</v>
       </c>
       <c r="W44" s="3">
         <v>-2</v>
       </c>
       <c r="X44" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="Y44" s="3" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="Z44" s="3" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="AA44" s="3" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="AB44" s="3">
         <v>47</v>
       </c>
       <c r="AC44" s="3" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="AD44" s="3">
         <v>81</v>
       </c>
       <c r="AE44" s="3">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="AF44" s="3">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AG44" s="3">
-        <v>207</v>
+        <v>205</v>
       </c>
     </row>
     <row r="45" s="3" customFormat="1">
       <c r="A45" s="4">
         <v>2013</v>
       </c>
       <c r="B45" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F45" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="C45" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G45" s="3" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>202</v>
       </c>
       <c r="K45" s="3" t="s">
         <v>51</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M45" s="3" t="s">
-        <v>172</v>
+        <v>145</v>
       </c>
       <c r="N45" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>51</v>
       </c>
       <c r="S45" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="T45" s="3" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="U45" s="3" t="s">
         <v>275</v>
       </c>
       <c r="V45" s="3" t="s">
         <v>183</v>
       </c>
       <c r="W45" s="3">
         <v>-3</v>
       </c>
       <c r="X45" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="Y45" s="3" t="s">
         <v>55</v>
       </c>
       <c r="Z45" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="AA45" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="AB45" s="3">
         <v>47</v>
       </c>
       <c r="AC45" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="AD45" s="3">
         <v>83</v>
       </c>
       <c r="AE45" s="3">
         <v>42</v>
       </c>
       <c r="AF45" s="3">
         <v>126</v>
       </c>
       <c r="AG45" s="3">
         <v>210</v>
       </c>
     </row>
     <row r="46" s="3" customFormat="1">
       <c r="A46" s="4">
         <v>2014</v>
       </c>
       <c r="B46" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F46" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="C46" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G46" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="J46" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="K46" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>55</v>
+        <v>91</v>
       </c>
       <c r="M46" s="3" t="s">
-        <v>179</v>
+        <v>197</v>
       </c>
       <c r="N46" s="3" t="s">
-        <v>238</v>
+        <v>264</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="R46" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="S46" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="T46" s="3" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="U46" s="3" t="s">
         <v>289</v>
       </c>
       <c r="V46" s="3" t="s">
         <v>183</v>
       </c>
       <c r="W46" s="3">
         <v>-4</v>
       </c>
       <c r="X46" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="Y46" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="Z46" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="AA46" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="AB46" s="3">
         <v>47</v>
       </c>
       <c r="AC46" s="3" t="s">
-        <v>302</v>
+        <v>275</v>
       </c>
       <c r="AD46" s="3">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AE46" s="3">
         <v>44</v>
       </c>
       <c r="AF46" s="3">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AG46" s="3">
-        <v>214</v>
+        <v>213</v>
       </c>
     </row>
     <row r="47" s="3" customFormat="1">
       <c r="A47" s="4">
         <v>2015</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>59</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="J47" s="3" t="s">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="K47" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M47" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N47" s="3" t="s">
-        <v>238</v>
+        <v>264</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>55</v>
       </c>
       <c r="S47" s="3" t="s">
         <v>55</v>
       </c>
       <c r="T47" s="3" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="U47" s="3" t="s">
-        <v>320</v>
+        <v>243</v>
       </c>
       <c r="V47" s="3" t="s">
         <v>183</v>
       </c>
       <c r="W47" s="3">
         <v>-6</v>
       </c>
       <c r="X47" s="3" t="s">
-        <v>267</v>
+        <v>306</v>
       </c>
       <c r="Y47" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="Z47" s="3" t="s">
         <v>49</v>
       </c>
       <c r="AA47" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="AB47" s="3">
         <v>48</v>
       </c>
       <c r="AC47" s="3" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AD47" s="3">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AE47" s="3">
         <v>45</v>
       </c>
       <c r="AF47" s="3">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AG47" s="3">
-        <v>215</v>
+        <v>214</v>
       </c>
     </row>
     <row r="48" s="3" customFormat="1">
       <c r="A48" s="4">
         <v>2016</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>59</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="J48" s="3" t="s">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="K48" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M48" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="N48" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>55</v>
       </c>
       <c r="S48" s="3" t="s">
         <v>55</v>
       </c>
       <c r="T48" s="3" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="U48" s="3" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="V48" s="3" t="s">
         <v>183</v>
       </c>
       <c r="W48" s="3">
         <v>-7</v>
       </c>
       <c r="X48" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="Y48" s="3" t="s">
-        <v>238</v>
+        <v>264</v>
       </c>
       <c r="Z48" s="3" t="s">
         <v>51</v>
       </c>
       <c r="AA48" s="3" t="s">
         <v>325</v>
       </c>
       <c r="AB48" s="3">
         <v>49</v>
       </c>
       <c r="AC48" s="3" t="s">
         <v>289</v>
       </c>
       <c r="AD48" s="3">
         <v>85</v>
       </c>
       <c r="AE48" s="3">
         <v>46</v>
       </c>
       <c r="AF48" s="3">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AG48" s="3">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" s="3" customFormat="1">
       <c r="A49" s="4">
         <v>2017</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>326</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>219</v>
+        <v>59</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>327</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>328</v>
       </c>
       <c r="J49" s="3" t="s">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="K49" s="3" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M49" s="3" t="s">
         <v>329</v>
       </c>
       <c r="N49" s="3" t="s">
-        <v>238</v>
+        <v>264</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>52</v>
       </c>
       <c r="P49" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="T49" s="3" t="s">
-        <v>144</v>
+        <v>239</v>
       </c>
       <c r="U49" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="V49" s="3" t="s">
         <v>183</v>
       </c>
       <c r="W49" s="3">
         <v>-9</v>
       </c>
       <c r="X49" s="3" t="s">
         <v>275</v>
       </c>
       <c r="Y49" s="3" t="s">
-        <v>269</v>
+        <v>330</v>
       </c>
       <c r="Z49" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="AA49" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="AB49" s="3">
         <v>51</v>
       </c>
       <c r="AC49" s="3" t="s">
-        <v>296</v>
+        <v>331</v>
       </c>
       <c r="AD49" s="3">
         <v>86</v>
       </c>
       <c r="AE49" s="3">
         <v>47</v>
       </c>
       <c r="AF49" s="3">
         <v>133</v>
       </c>
       <c r="AG49" s="3">
         <v>224</v>
       </c>
     </row>
     <row r="50" s="3" customFormat="1">
       <c r="A50" s="4">
         <v>2018</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>254</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>219</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="J50" s="3" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="K50" s="3" t="s">
         <v>51</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M50" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="N50" s="3" t="s">
-        <v>238</v>
+        <v>264</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>119</v>
+        <v>71</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>145</v>
+        <v>233</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="T50" s="3" t="s">
-        <v>179</v>
+        <v>50</v>
       </c>
       <c r="U50" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="V50" s="3" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="W50" s="3">
         <v>-12</v>
       </c>
       <c r="X50" s="3" t="s">
-        <v>234</v>
+        <v>289</v>
       </c>
       <c r="Y50" s="3" t="s">
-        <v>335</v>
+        <v>310</v>
       </c>
       <c r="Z50" s="3" t="s">
-        <v>308</v>
+        <v>270</v>
       </c>
       <c r="AA50" s="3" t="s">
         <v>336</v>
       </c>
       <c r="AB50" s="3">
         <v>54</v>
       </c>
       <c r="AC50" s="3" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="AD50" s="3">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="AE50" s="3">
         <v>48</v>
       </c>
       <c r="AF50" s="3">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AG50" s="3">
-        <v>230</v>
+        <v>229</v>
       </c>
     </row>
     <row r="51" s="3" customFormat="1">
       <c r="A51" s="4">
         <v>2019</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>337</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="H51" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="I51" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="I51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" s="3" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="K51" s="3" t="s">
         <v>51</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M51" s="3" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="N51" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>198</v>
       </c>
       <c r="P51" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="Q51" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="R51" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="S51" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="T51" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="Q51" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="U51" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="V51" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="W51" s="3">
+        <v>-14</v>
+      </c>
+      <c r="X51" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="Y51" s="3" t="s">
         <v>341</v>
-      </c>
-[...10 lines deleted...]
-        <v>277</v>
       </c>
       <c r="Z51" s="3" t="s">
         <v>342</v>
       </c>
       <c r="AA51" s="3" t="s">
         <v>343</v>
       </c>
       <c r="AB51" s="3">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AC51" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="AD51" s="3">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AE51" s="3">
         <v>50</v>
       </c>
       <c r="AF51" s="3">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AG51" s="3">
         <v>237</v>
       </c>
     </row>
     <row r="52" s="3" customFormat="1">
       <c r="A52" s="4">
         <v>2020</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>321</v>
+        <v>180</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>205</v>
+        <v>129</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>338</v>
+        <v>214</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="J52" s="3" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="K52" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="M52" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="N52" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>198</v>
       </c>
       <c r="P52" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="Q52" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="R52" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="S52" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="T52" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="Q52" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="U52" s="3" t="s">
-        <v>347</v>
+        <v>262</v>
       </c>
       <c r="V52" s="3" t="s">
-        <v>167</v>
+        <v>196</v>
       </c>
       <c r="W52" s="3">
-        <v>-16</v>
+        <v>-15</v>
       </c>
       <c r="X52" s="3" t="s">
-        <v>245</v>
+        <v>308</v>
       </c>
       <c r="Y52" s="3" t="s">
-        <v>348</v>
+        <v>316</v>
       </c>
       <c r="Z52" s="3" t="s">
         <v>277</v>
       </c>
       <c r="AA52" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="AB52" s="3">
+        <v>57</v>
+      </c>
+      <c r="AC52" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="AB52" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="AD52" s="3">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AE52" s="3">
         <v>52</v>
       </c>
       <c r="AF52" s="3">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AG52" s="3">
-        <v>243</v>
+        <v>242</v>
       </c>
     </row>
     <row r="53" s="3" customFormat="1">
       <c r="A53" s="4">
         <v>2021</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>224</v>
+        <v>39</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>351</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>244</v>
+        <v>352</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>338</v>
+        <v>167</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="J53" s="3" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="K53" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>49</v>
       </c>
       <c r="M53" s="3" t="s">
-        <v>353</v>
+        <v>334</v>
       </c>
       <c r="N53" s="3" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>354</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>145</v>
+        <v>233</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="T53" s="3" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="U53" s="3" t="s">
         <v>355</v>
       </c>
       <c r="V53" s="3" t="s">
-        <v>167</v>
+        <v>196</v>
       </c>
       <c r="W53" s="3">
-        <v>-18</v>
+        <v>-17</v>
       </c>
       <c r="X53" s="3" t="s">
         <v>356</v>
       </c>
       <c r="Y53" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="Z53" s="3" t="s">
         <v>357</v>
       </c>
       <c r="AA53" s="3" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="AB53" s="3">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="AC53" s="3" t="s">
-        <v>334</v>
+        <v>358</v>
       </c>
       <c r="AD53" s="3">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AE53" s="3">
         <v>55</v>
       </c>
       <c r="AF53" s="3">
         <v>149</v>
       </c>
       <c r="AG53" s="3">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="54" s="3" customFormat="1">
       <c r="A54" s="4">
         <v>2022</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>224</v>
+        <v>257</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>244</v>
+        <v>352</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>338</v>
+        <v>167</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="J54" s="3" t="s">
-        <v>215</v>
+        <v>240</v>
       </c>
       <c r="K54" s="3" t="s">
         <v>55</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M54" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="N54" s="3" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="O54" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="P54" s="3" t="s">
-        <v>145</v>
+        <v>233</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>238</v>
+        <v>264</v>
       </c>
       <c r="T54" s="3" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="U54" s="3" t="s">
-        <v>276</v>
+        <v>365</v>
       </c>
       <c r="V54" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="W54" s="3">
-        <v>-20</v>
+        <v>-19</v>
       </c>
       <c r="X54" s="3" t="s">
-        <v>252</v>
+        <v>349</v>
       </c>
       <c r="Y54" s="3" t="s">
         <v>328</v>
       </c>
       <c r="Z54" s="3" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="AA54" s="3" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="AB54" s="3">
         <v>61</v>
       </c>
       <c r="AC54" s="3" t="s">
-        <v>365</v>
+        <v>340</v>
       </c>
       <c r="AD54" s="3">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="AE54" s="3">
         <v>58</v>
       </c>
       <c r="AF54" s="3">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="AG54" s="3">
-        <v>262</v>
+        <v>259</v>
       </c>
     </row>
     <row r="55" s="3" customFormat="1">
       <c r="A55" s="4">
         <v>2023</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>224</v>
+        <v>257</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>171</v>
+        <v>352</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>338</v>
+        <v>167</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="J55" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K55" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>286</v>
+        <v>48</v>
       </c>
       <c r="M55" s="3" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="N55" s="3" t="s">
         <v>55</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>145</v>
+        <v>233</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>308</v>
+        <v>330</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="T55" s="3" t="s">
-        <v>101</v>
+        <v>197</v>
       </c>
       <c r="U55" s="3" t="s">
-        <v>372</v>
+        <v>276</v>
       </c>
       <c r="V55" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="W55" s="3">
         <v>-20</v>
       </c>
       <c r="X55" s="3" t="s">
-        <v>334</v>
+        <v>358</v>
       </c>
       <c r="Y55" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="Z55" s="3" t="s">
-        <v>324</v>
+        <v>375</v>
       </c>
       <c r="AA55" s="3" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="AB55" s="3">
         <v>64</v>
       </c>
       <c r="AC55" s="3" t="s">
         <v>262</v>
       </c>
       <c r="AD55" s="3">
         <v>98</v>
       </c>
       <c r="AE55" s="3">
         <v>61</v>
       </c>
       <c r="AF55" s="3">
         <v>159</v>
       </c>
       <c r="AG55" s="3">
         <v>270</v>
       </c>
     </row>
     <row r="56" s="3" customFormat="1">
       <c r="A56" s="4">
         <v>2024</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>224</v>
+        <v>257</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>276</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>171</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>338</v>
+        <v>167</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>331</v>
+        <v>380</v>
       </c>
       <c r="J56" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K56" s="3" t="s">
         <v>48</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="M56" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="N56" s="3" t="s">
         <v>48</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>145</v>
+        <v>233</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>308</v>
+        <v>330</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="T56" s="3" t="s">
-        <v>101</v>
+        <v>197</v>
       </c>
       <c r="U56" s="3" t="s">
-        <v>379</v>
+        <v>276</v>
       </c>
       <c r="V56" s="3" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="W56" s="3">
-        <v>-21</v>
+        <v>-20</v>
       </c>
       <c r="X56" s="3" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="Y56" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="Z56" s="3" t="s">
-        <v>381</v>
+        <v>328</v>
       </c>
       <c r="AA56" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="AB56" s="3">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="AC56" s="3" t="s">
-        <v>268</v>
+        <v>355</v>
       </c>
       <c r="AD56" s="3">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AE56" s="3">
         <v>63</v>
       </c>
       <c r="AF56" s="3">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="AG56" s="3">
-        <v>277</v>
+        <v>280</v>
+      </c>
+    </row>
+    <row r="57" s="3" customFormat="1">
+      <c r="A57" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="J57" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="K57" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="M57" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="N57" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="O57" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="P57" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="Q57" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="R57" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="S57" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="T57" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="U57" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="V57" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="W57" s="3">
+        <v>-20</v>
+      </c>
+      <c r="X57" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="Y57" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="Z57" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="AA57" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="AB57" s="3">
+        <v>69</v>
+      </c>
+      <c r="AC57" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="AD57" s="3">
+        <v>103</v>
+      </c>
+      <c r="AE57" s="3">
+        <v>67</v>
+      </c>
+      <c r="AF57" s="3">
+        <v>171</v>
+      </c>
+      <c r="AG57" s="3">
+        <v>291</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:AG1"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="J2:N2"/>
     <mergeCell ref="O2:W2"/>
     <mergeCell ref="X2:AA2"/>
     <mergeCell ref="AB2:AG2"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>