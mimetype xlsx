--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="BreedAverages" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="152">
   <si>
     <t/>
   </si>
   <si>
     <t>Breed Averages EPDs &amp; $Values</t>
   </si>
   <si>
     <t>Production</t>
   </si>
   <si>
     <t>Management</t>
   </si>
   <si>
     <t>Maternal</t>
   </si>
   <si>
     <t>Carcass</t>
   </si>
   <si>
     <t>$Values</t>
   </si>
   <si>
     <t>CED</t>
   </si>
   <si>
@@ -129,378 +129,381 @@
   <si>
     <t>$M</t>
   </si>
   <si>
     <t>$W</t>
   </si>
   <si>
     <t>$F</t>
   </si>
   <si>
     <t>$G</t>
   </si>
   <si>
     <t>$B</t>
   </si>
   <si>
     <t>$C</t>
   </si>
   <si>
     <t>Current Sires</t>
   </si>
   <si>
     <t>+6</t>
   </si>
   <si>
+    <t>+1.2</t>
+  </si>
+  <si>
+    <t>+66</t>
+  </si>
+  <si>
+    <t>+117</t>
+  </si>
+  <si>
+    <t>+.26</t>
+  </si>
+  <si>
+    <t>+1.10</t>
+  </si>
+  <si>
+    <t>+.5</t>
+  </si>
+  <si>
+    <t>+.87</t>
+  </si>
+  <si>
+    <t>+19</t>
+  </si>
+  <si>
+    <t>+.48</t>
+  </si>
+  <si>
+    <t>+1.20</t>
+  </si>
+  <si>
+    <t>+.51</t>
+  </si>
+  <si>
+    <t>+11.3</t>
+  </si>
+  <si>
+    <t>+8</t>
+  </si>
+  <si>
+    <t>+26</t>
+  </si>
+  <si>
+    <t>+.54</t>
+  </si>
+  <si>
+    <t>+.53</t>
+  </si>
+  <si>
+    <t>+1.05</t>
+  </si>
+  <si>
+    <t>+64</t>
+  </si>
+  <si>
+    <t>+.4</t>
+  </si>
+  <si>
+    <t>-16</t>
+  </si>
+  <si>
+    <t>+50</t>
+  </si>
+  <si>
+    <t>+.66</t>
+  </si>
+  <si>
+    <t>+.65</t>
+  </si>
+  <si>
+    <t>+.019</t>
+  </si>
+  <si>
+    <t>+63</t>
+  </si>
+  <si>
+    <t>+95</t>
+  </si>
+  <si>
+    <t>+53</t>
+  </si>
+  <si>
+    <t>+149</t>
+  </si>
+  <si>
+    <t>Main Sires</t>
+  </si>
+  <si>
+    <t>+7</t>
+  </si>
+  <si>
+    <t>+1.0</t>
+  </si>
+  <si>
+    <t>+1.09</t>
+  </si>
+  <si>
+    <t>+.89</t>
+  </si>
+  <si>
+    <t>+.47</t>
+  </si>
+  <si>
+    <t>+1.19</t>
+  </si>
+  <si>
+    <t>+25</t>
+  </si>
+  <si>
+    <t>+.52</t>
+  </si>
+  <si>
+    <t>+1.03</t>
+  </si>
+  <si>
+    <t>+59</t>
+  </si>
+  <si>
+    <t>+.3</t>
+  </si>
+  <si>
+    <t>-15</t>
+  </si>
+  <si>
+    <t>+49</t>
+  </si>
+  <si>
+    <t>+.64</t>
+  </si>
+  <si>
+    <t>+.020</t>
+  </si>
+  <si>
+    <t>+96</t>
+  </si>
+  <si>
+    <t>+52</t>
+  </si>
+  <si>
+    <t>+148</t>
+  </si>
+  <si>
+    <t>Supplemental Sires</t>
+  </si>
+  <si>
+    <t>+1.1</t>
+  </si>
+  <si>
+    <t>+73</t>
+  </si>
+  <si>
+    <t>+129</t>
+  </si>
+  <si>
+    <t>+.27</t>
+  </si>
+  <si>
+    <t>+1.34</t>
+  </si>
+  <si>
+    <t>+1.01</t>
+  </si>
+  <si>
+    <t>+20</t>
+  </si>
+  <si>
+    <t>+.46</t>
+  </si>
+  <si>
+    <t>+.45</t>
+  </si>
+  <si>
+    <t>+1.02</t>
+  </si>
+  <si>
+    <t>+.49</t>
+  </si>
+  <si>
+    <t>+12.0</t>
+  </si>
+  <si>
+    <t>+27</t>
+  </si>
+  <si>
+    <t>+.57</t>
+  </si>
+  <si>
+    <t>+.56</t>
+  </si>
+  <si>
+    <t>+1.07</t>
+  </si>
+  <si>
+    <t>+72</t>
+  </si>
+  <si>
+    <t>-21</t>
+  </si>
+  <si>
+    <t>+.75</t>
+  </si>
+  <si>
+    <t>+.71</t>
+  </si>
+  <si>
+    <t>+.027</t>
+  </si>
+  <si>
+    <t>+101</t>
+  </si>
+  <si>
+    <t>+57</t>
+  </si>
+  <si>
+    <t>+160</t>
+  </si>
+  <si>
+    <t>Current Dams</t>
+  </si>
+  <si>
     <t>+1.3</t>
   </si>
   <si>
+    <t>+62</t>
+  </si>
+  <si>
+    <t>+109</t>
+  </si>
+  <si>
+    <t>+.24</t>
+  </si>
+  <si>
+    <t>+.97</t>
+  </si>
+  <si>
+    <t>+.83</t>
+  </si>
+  <si>
+    <t>+18</t>
+  </si>
+  <si>
+    <t>+.50</t>
+  </si>
+  <si>
+    <t>+1.06</t>
+  </si>
+  <si>
+    <t>+58</t>
+  </si>
+  <si>
+    <t>-13</t>
+  </si>
+  <si>
+    <t>+46</t>
+  </si>
+  <si>
+    <t>+.61</t>
+  </si>
+  <si>
+    <t>+.59</t>
+  </si>
+  <si>
+    <t>+.016</t>
+  </si>
+  <si>
+    <t>+91</t>
+  </si>
+  <si>
+    <t>+142</t>
+  </si>
+  <si>
+    <t>Non-Parent Bulls</t>
+  </si>
+  <si>
+    <t>+68</t>
+  </si>
+  <si>
+    <t>+120</t>
+  </si>
+  <si>
+    <t>+1.25</t>
+  </si>
+  <si>
+    <t>+.6</t>
+  </si>
+  <si>
+    <t>+1.16</t>
+  </si>
+  <si>
+    <t>+11.7</t>
+  </si>
+  <si>
+    <t>+.55</t>
+  </si>
+  <si>
+    <t>+71</t>
+  </si>
+  <si>
+    <t>-17</t>
+  </si>
+  <si>
+    <t>+56</t>
+  </si>
+  <si>
+    <t>+.78</t>
+  </si>
+  <si>
     <t>+65</t>
   </si>
   <si>
-    <t>+115</t>
-[...8 lines deleted...]
-    <t>+.5</t>
+    <t>+155</t>
+  </si>
+  <si>
+    <t>Non-Parent Cows</t>
   </si>
   <si>
     <t>+.86</t>
   </si>
   <si>
-    <t>+18</t>
-[...47 lines deleted...]
-    <t>+.63</t>
+    <t>+1.24</t>
+  </si>
+  <si>
+    <t>+11.5</t>
+  </si>
+  <si>
+    <t>+.84</t>
   </si>
   <si>
     <t>+.018</t>
   </si>
   <si>
-    <t>+61</t>
-[...251 lines deleted...]
-    <t>+.019</t>
+    <t>+159</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -864,608 +867,608 @@
       <c r="D4" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>43</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>44</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>45</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>48</v>
       </c>
       <c r="K4" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L4" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="M4" s="3" t="s">
+      <c r="N4" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="N4" s="3" t="s">
+      <c r="O4" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="O4" s="3" t="s">
+      <c r="P4" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="P4" s="3" t="s">
+      <c r="Q4" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="Q4" s="3" t="s">
+      <c r="R4" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="R4" s="3" t="s">
+      <c r="S4" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="S4" s="3" t="s">
+      <c r="T4" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="T4" s="3" t="s">
+      <c r="U4" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="U4" s="3" t="s">
+      <c r="V4" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="V4" s="3" t="s">
+      <c r="W4" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="W4" s="3" t="s">
+      <c r="X4" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="X4" s="3" t="s">
+      <c r="Y4" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="Y4" s="3" t="s">
+      <c r="Z4" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="Z4" s="3" t="s">
+      <c r="AA4" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="AA4" s="3" t="s">
+      <c r="AB4" s="3">
+        <v>62</v>
+      </c>
+      <c r="AC4" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="AB4" s="3">
-[...2 lines deleted...]
-      <c r="AC4" s="3" t="s">
+      <c r="AD4" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="AD4" s="3" t="s">
+      <c r="AE4" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="AE4" s="3" t="s">
+      <c r="AF4" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="AF4" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AG4" s="3">
-        <v>252</v>
+        <v>256</v>
       </c>
     </row>
     <row r="5" s="3" customFormat="1">
       <c r="A5" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="C5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" s="3" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>44</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="H5" s="3" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="I5" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="J5" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="L5" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="M5" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="J5" s="3" t="s">
+      <c r="N5" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="O5" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q5" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="K5" s="3" t="s">
+      <c r="R5" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="S5" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="L5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="M5" s="3" t="s">
+      <c r="T5" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="N5" s="3" t="s">
+      <c r="U5" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="O5" s="3" t="s">
-[...5 lines deleted...]
-      <c r="Q5" s="3" t="s">
+      <c r="V5" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="R5" s="3" t="s">
-[...5 lines deleted...]
-      <c r="T5" s="3" t="s">
+      <c r="W5" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="U5" s="3" t="s">
+      <c r="X5" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="V5" s="3" t="s">
+      <c r="Y5" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="W5" s="3" t="s">
+      <c r="Z5" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA5" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="X5" s="3" t="s">
+      <c r="AB5" s="3">
+        <v>62</v>
+      </c>
+      <c r="AC5" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="AD5" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="Y5" s="3" t="s">
+      <c r="AE5" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="Z5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="AA5" s="3" t="s">
+      <c r="AF5" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="AB5" s="3">
-[...13 lines deleted...]
-      </c>
       <c r="AG5" s="3">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="6" s="3" customFormat="1">
       <c r="A6" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D6" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="K6" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="J6" s="3" t="s">
+      <c r="L6" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="K6" s="3" t="s">
+      <c r="M6" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="L6" s="3" t="s">
-[...2 lines deleted...]
-      <c r="M6" s="3" t="s">
+      <c r="N6" s="3" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>100</v>
       </c>
       <c r="P6" s="3" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>101</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>102</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>103</v>
       </c>
       <c r="T6" s="3" t="s">
         <v>104</v>
       </c>
       <c r="U6" s="3" t="s">
         <v>105</v>
       </c>
       <c r="V6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>106</v>
       </c>
       <c r="X6" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y6" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="Y6" s="3" t="s">
+      <c r="Z6" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="Z6" s="3" t="s">
+      <c r="AA6" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="AA6" s="3" t="s">
+      <c r="AB6" s="3">
+        <v>71</v>
+      </c>
+      <c r="AC6" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="AD6" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="AB6" s="3">
-[...2 lines deleted...]
-      <c r="AC6" s="3" t="s">
+      <c r="AE6" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="AD6" s="3" t="s">
+      <c r="AF6" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="AE6" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AG6" s="3">
-        <v>269</v>
+        <v>279</v>
       </c>
     </row>
     <row r="7" s="3" customFormat="1">
       <c r="A7" s="4" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="D7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="F7" s="3" t="s">
+      <c r="G7" s="3" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="J7" s="3" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="K7" s="3" t="s">
         <v>121</v>
       </c>
       <c r="L7" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="M7" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="O7" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="P7" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q7" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="R7" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="S7" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="M7" s="3" t="s">
+      <c r="T7" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="N7" s="3" t="s">
-[...17 lines deleted...]
-      <c r="T7" s="3" t="s">
+      <c r="U7" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="U7" s="3" t="s">
+      <c r="V7" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="W7" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="V7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="W7" s="3" t="s">
+      <c r="X7" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="X7" s="3" t="s">
+      <c r="Y7" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="Y7" s="3" t="s">
+      <c r="Z7" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="Z7" s="3" t="s">
+      <c r="AA7" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="AA7" s="3" t="s">
+      <c r="AB7" s="3">
+        <v>61</v>
+      </c>
+      <c r="AC7" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="AD7" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="AB7" s="3">
-[...5 lines deleted...]
-      <c r="AD7" s="3" t="s">
+      <c r="AE7" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="AF7" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="AE7" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AG7" s="3">
-        <v>242</v>
+        <v>246</v>
       </c>
     </row>
     <row r="8" s="3" customFormat="1">
       <c r="A8" s="4" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>133</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>44</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>134</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>135</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="K8" s="3" t="s">
-        <v>77</v>
+        <v>49</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="M8" s="3" t="s">
         <v>136</v>
       </c>
       <c r="N8" s="3" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>137</v>
       </c>
       <c r="P8" s="3" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Q8" s="3" t="s">
-        <v>55</v>
+        <v>101</v>
       </c>
       <c r="R8" s="3" t="s">
-        <v>102</v>
+        <v>138</v>
       </c>
       <c r="S8" s="3" t="s">
-        <v>103</v>
+        <v>138</v>
       </c>
       <c r="T8" s="3" t="s">
         <v>104</v>
       </c>
       <c r="U8" s="3" t="s">
-        <v>92</v>
+        <v>139</v>
       </c>
       <c r="V8" s="3" t="s">
         <v>46</v>
       </c>
       <c r="W8" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="X8" s="3" t="s">
-        <v>113</v>
+        <v>141</v>
       </c>
       <c r="Y8" s="3" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="Z8" s="3" t="s">
         <v>108</v>
       </c>
       <c r="AA8" s="3" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="AB8" s="3">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AC8" s="3" t="s">
-        <v>59</v>
+        <v>143</v>
       </c>
       <c r="AD8" s="3" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="AE8" s="3" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="AF8" s="3" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="AG8" s="3">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="9" s="3" customFormat="1">
       <c r="A9" s="4" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>41</v>
+        <v>114</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>44</v>
+        <v>92</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>134</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>135</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="J9" s="3" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="K9" s="3" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="M9" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="N9" s="3" t="s">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="O9" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P9" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q9" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="Q9" s="3" t="s">
+      <c r="R9" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="S9" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="R9" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T9" s="3" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="U9" s="3" t="s">
         <v>105</v>
       </c>
       <c r="V9" s="3" t="s">
         <v>46</v>
       </c>
       <c r="W9" s="3" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="X9" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y9" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="Z9" s="3" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="AA9" s="3" t="s">
         <v>150</v>
       </c>
       <c r="AB9" s="3">
         <v>65</v>
       </c>
       <c r="AC9" s="3" t="s">
-        <v>88</v>
+        <v>58</v>
       </c>
       <c r="AD9" s="3" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="AE9" s="3" t="s">
-        <v>124</v>
+        <v>79</v>
       </c>
       <c r="AF9" s="3" t="s">
-        <v>114</v>
+        <v>151</v>
       </c>
       <c r="AG9" s="3">
-        <v>266</v>
+        <v>271</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:AG1"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="J2:N2"/>
     <mergeCell ref="O2:W2"/>
     <mergeCell ref="X2:AA2"/>
     <mergeCell ref="AB2:AG2"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>