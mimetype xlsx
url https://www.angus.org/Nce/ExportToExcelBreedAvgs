--- v1 (2025-12-13)
+++ v2 (2026-01-02)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="BreedAverages" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="159">
   <si>
     <t/>
   </si>
   <si>
     <t>Breed Averages EPDs &amp; $Values</t>
   </si>
   <si>
     <t>Production</t>
   </si>
   <si>
     <t>Management</t>
   </si>
   <si>
     <t>Maternal</t>
   </si>
   <si>
     <t>Carcass</t>
   </si>
   <si>
     <t>$Values</t>
   </si>
   <si>
     <t>CED</t>
   </si>
   <si>
@@ -201,62 +201,68 @@
   <si>
     <t>+1.05</t>
   </si>
   <si>
     <t>+64</t>
   </si>
   <si>
     <t>+.4</t>
   </si>
   <si>
     <t>-16</t>
   </si>
   <si>
     <t>+50</t>
   </si>
   <si>
     <t>+.66</t>
   </si>
   <si>
     <t>+.65</t>
   </si>
   <si>
     <t>+.019</t>
   </si>
   <si>
+    <t>+62</t>
+  </si>
+  <si>
     <t>+63</t>
   </si>
   <si>
     <t>+95</t>
   </si>
   <si>
     <t>+53</t>
   </si>
   <si>
     <t>+149</t>
   </si>
   <si>
+    <t>+256</t>
+  </si>
+  <si>
     <t>Main Sires</t>
   </si>
   <si>
     <t>+7</t>
   </si>
   <si>
     <t>+1.0</t>
   </si>
   <si>
     <t>+1.09</t>
   </si>
   <si>
     <t>+.89</t>
   </si>
   <si>
     <t>+.47</t>
   </si>
   <si>
     <t>+1.19</t>
   </si>
   <si>
     <t>+25</t>
   </si>
   <si>
     <t>+.52</t>
@@ -270,50 +276,53 @@
   <si>
     <t>+.3</t>
   </si>
   <si>
     <t>-15</t>
   </si>
   <si>
     <t>+49</t>
   </si>
   <si>
     <t>+.64</t>
   </si>
   <si>
     <t>+.020</t>
   </si>
   <si>
     <t>+96</t>
   </si>
   <si>
     <t>+52</t>
   </si>
   <si>
     <t>+148</t>
   </si>
   <si>
+    <t>+254</t>
+  </si>
+  <si>
     <t>Supplemental Sires</t>
   </si>
   <si>
     <t>+1.1</t>
   </si>
   <si>
     <t>+73</t>
   </si>
   <si>
     <t>+129</t>
   </si>
   <si>
     <t>+.27</t>
   </si>
   <si>
     <t>+1.34</t>
   </si>
   <si>
     <t>+1.01</t>
   </si>
   <si>
     <t>+20</t>
   </si>
   <si>
     <t>+.46</t>
@@ -336,174 +345,186 @@
   <si>
     <t>+.57</t>
   </si>
   <si>
     <t>+.56</t>
   </si>
   <si>
     <t>+1.07</t>
   </si>
   <si>
     <t>+72</t>
   </si>
   <si>
     <t>-21</t>
   </si>
   <si>
     <t>+.75</t>
   </si>
   <si>
     <t>+.71</t>
   </si>
   <si>
     <t>+.027</t>
   </si>
   <si>
+    <t>+71</t>
+  </si>
+  <si>
     <t>+101</t>
   </si>
   <si>
     <t>+57</t>
   </si>
   <si>
     <t>+160</t>
   </si>
   <si>
+    <t>+279</t>
+  </si>
+  <si>
     <t>Current Dams</t>
   </si>
   <si>
     <t>+1.3</t>
   </si>
   <si>
-    <t>+62</t>
-[...1 lines deleted...]
-  <si>
     <t>+109</t>
   </si>
   <si>
     <t>+.24</t>
   </si>
   <si>
     <t>+.97</t>
   </si>
   <si>
     <t>+.83</t>
   </si>
   <si>
     <t>+18</t>
   </si>
   <si>
     <t>+.50</t>
   </si>
   <si>
     <t>+1.06</t>
   </si>
   <si>
     <t>+58</t>
   </si>
   <si>
     <t>-13</t>
   </si>
   <si>
     <t>+46</t>
   </si>
   <si>
     <t>+.61</t>
   </si>
   <si>
     <t>+.59</t>
   </si>
   <si>
     <t>+.016</t>
   </si>
   <si>
+    <t>+61</t>
+  </si>
+  <si>
     <t>+91</t>
   </si>
   <si>
     <t>+142</t>
   </si>
   <si>
+    <t>+246</t>
+  </si>
+  <si>
     <t>Non-Parent Bulls</t>
   </si>
   <si>
     <t>+68</t>
   </si>
   <si>
     <t>+120</t>
   </si>
   <si>
     <t>+1.25</t>
   </si>
   <si>
     <t>+.6</t>
   </si>
   <si>
     <t>+1.16</t>
   </si>
   <si>
     <t>+11.7</t>
   </si>
   <si>
     <t>+.55</t>
   </si>
   <si>
-    <t>+71</t>
-[...1 lines deleted...]
-  <si>
     <t>-17</t>
   </si>
   <si>
     <t>+56</t>
   </si>
   <si>
     <t>+.78</t>
   </si>
   <si>
     <t>+65</t>
   </si>
   <si>
     <t>+155</t>
   </si>
   <si>
+    <t>+268</t>
+  </si>
+  <si>
     <t>Non-Parent Cows</t>
   </si>
   <si>
     <t>+.86</t>
   </si>
   <si>
     <t>+1.24</t>
   </si>
   <si>
     <t>+11.5</t>
   </si>
   <si>
     <t>+.84</t>
   </si>
   <si>
     <t>+.018</t>
   </si>
   <si>
     <t>+159</t>
+  </si>
+  <si>
+    <t>+271</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -914,561 +935,561 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>57</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>58</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>59</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>60</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>61</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>62</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>63</v>
       </c>
       <c r="AA4" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="AB4" s="3">
-        <v>62</v>
+      <c r="AB4" s="3" t="s">
+        <v>65</v>
       </c>
       <c r="AC4" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AD4" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="AE4" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AF4" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>69</v>
+      </c>
+      <c r="AG4" s="3" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="5" s="3" customFormat="1">
       <c r="A5" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>43</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>44</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>48</v>
       </c>
       <c r="K5" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="L5" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="M5" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="N5" s="3" t="s">
         <v>51</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>52</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q5" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>55</v>
       </c>
       <c r="S5" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="T5" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="U5" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="V5" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="W5" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="X5" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="Y5" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="Z5" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="AA5" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>86</v>
+      </c>
+      <c r="AB5" s="3" t="s">
+        <v>65</v>
       </c>
       <c r="AC5" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AD5" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="AE5" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="AF5" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>89</v>
+      </c>
+      <c r="AG5" s="3" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="6" s="3" customFormat="1">
       <c r="A6" s="4" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="J6" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="K6" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="L6" s="3" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="M6" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="N6" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="O6" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q6" s="3" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="R6" s="3" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="S6" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="T6" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="U6" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="V6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="W6" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="X6" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="Y6" s="3" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="Z6" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="AA6" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="AB6" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="AC6" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="AA6" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AD6" s="3" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="AE6" s="3" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="AF6" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>116</v>
+      </c>
+      <c r="AG6" s="3" t="s">
+        <v>117</v>
       </c>
     </row>
     <row r="7" s="3" customFormat="1">
       <c r="A7" s="4" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>115</v>
+        <v>65</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="J7" s="3" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="K7" s="3" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="L7" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="M7" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="N7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>54</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>56</v>
       </c>
       <c r="S7" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="T7" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="U7" s="3" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="V7" s="3" t="s">
         <v>59</v>
       </c>
       <c r="W7" s="3" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="X7" s="3" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="Y7" s="3" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="Z7" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="AA7" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="AB7" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="AC7" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="AA7" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AD7" s="3" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="AE7" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AF7" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>135</v>
+      </c>
+      <c r="AG7" s="3" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="8" s="3" customFormat="1">
       <c r="A8" s="4" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>44</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>48</v>
       </c>
       <c r="K8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="M8" s="3" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="N8" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="O8" s="3" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q8" s="3" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="R8" s="3" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="S8" s="3" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="T8" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="U8" s="3" t="s">
-        <v>139</v>
+        <v>113</v>
       </c>
       <c r="V8" s="3" t="s">
         <v>46</v>
       </c>
       <c r="W8" s="3" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="X8" s="3" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="Y8" s="3" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="Z8" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="AA8" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>86</v>
+      </c>
+      <c r="AB8" s="3" t="s">
+        <v>42</v>
       </c>
       <c r="AC8" s="3" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="AD8" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="AE8" s="3" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="AF8" s="3" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>149</v>
+      </c>
+      <c r="AG8" s="3" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="9" s="3" customFormat="1">
       <c r="A9" s="4" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>48</v>
       </c>
       <c r="K9" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="M9" s="3" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="N9" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="O9" s="3" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="R9" s="3" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="T9" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="U9" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="V9" s="3" t="s">
         <v>46</v>
       </c>
       <c r="W9" s="3" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="X9" s="3" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="Y9" s="3" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="Z9" s="3" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="AA9" s="3" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>156</v>
+      </c>
+      <c r="AB9" s="3" t="s">
+        <v>148</v>
       </c>
       <c r="AC9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="AD9" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="AE9" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="AF9" s="3" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>271</v>
+        <v>157</v>
+      </c>
+      <c r="AG9" s="3" t="s">
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:AG1"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="J2:N2"/>
     <mergeCell ref="O2:W2"/>
     <mergeCell ref="X2:AA2"/>
     <mergeCell ref="AB2:AG2"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>